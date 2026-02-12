--- v0 (2025-12-14)
+++ v1 (2026-02-12)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:M50"/>
+  <dimension ref="A1:M323"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="40.83203125" customWidth="1"/>
     <col min="2" max="2" width="40.83203125" customWidth="1"/>
     <col min="3" max="3" width="6.83203125" customWidth="1"/>
     <col min="4" max="4" width="25.83203125" customWidth="1"/>
     <col min="5" max="5" width="25.83203125" customWidth="1"/>
     <col min="6" max="6" width="25.83203125" customWidth="1"/>
     <col min="7" max="7" width="10.83203125" customWidth="1"/>
     <col min="8" max="8" width="12.83203125" customWidth="1"/>
     <col min="9" max="9" width="12.83203125" customWidth="1"/>
     <col min="10" max="10" width="6.83203125" customWidth="1"/>
     <col min="11" max="11" width="30.83203125" customWidth="1"/>
     <col min="12" max="12" width="10.83203125" customWidth="1"/>
     <col min="13" max="13" width="12.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>Tytuł polski</v>
       </c>
       <c r="B1" t="str">
         <v>Tytuł angielski</v>
@@ -473,2060 +473,13253 @@
       </c>
       <c r="G1" t="str">
         <v>Czas (min)</v>
       </c>
       <c r="H1" t="str">
         <v>Status</v>
       </c>
       <c r="I1" t="str">
         <v>Format</v>
       </c>
       <c r="J1" t="str">
         <v>Ocena</v>
       </c>
       <c r="K1" t="str">
         <v>Notatki</v>
       </c>
       <c r="L1" t="str">
         <v>TMDB ID</v>
       </c>
       <c r="M1" t="str">
         <v>IMDB ID</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
-        <v>Cruella</v>
+        <v>101 dalmatyńczyków</v>
       </c>
       <c r="B2" t="str">
-        <v/>
+        <v>One Hundred and One Dalmatians</v>
       </c>
       <c r="C2">
-        <v>2021</v>
+        <v>1961</v>
       </c>
       <c r="D2" t="str">
-        <v>Craig Gillespie</v>
+        <v>Wolfgang Reitherman, Clyde Geronimi, Hamilton Luske</v>
       </c>
       <c r="E2" t="str">
-        <v>Dana Fox, Tony McNamara, Aline Brosh McKenna</v>
+        <v>Bill Peet</v>
       </c>
       <c r="F2" t="str">
-        <v>Komedia, Kryminał, Przygodowy</v>
+        <v>Przygodowy, Animacja, Komedia, Familijny</v>
       </c>
       <c r="G2">
-        <v>134</v>
+        <v>79</v>
       </c>
       <c r="H2" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I2" t="str">
         <v>DVD</v>
       </c>
       <c r="J2">
-        <v>7.982</v>
+        <v>7.175</v>
       </c>
       <c r="K2" t="str">
         <v/>
       </c>
       <c r="L2">
-        <v>337404</v>
+        <v>12230</v>
       </c>
       <c r="M2" t="str">
-        <v>tt3228774</v>
+        <v>tt0055254</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
-        <v>Desperado</v>
+        <v>127 Godzin</v>
       </c>
       <c r="B3" t="str">
-        <v/>
+        <v>127 Hours</v>
       </c>
       <c r="C3">
-        <v>1995</v>
+        <v>2010</v>
       </c>
       <c r="D3" t="str">
-        <v>Robert Rodriguez</v>
+        <v>Danny Boyle</v>
       </c>
       <c r="E3" t="str">
-        <v>Robert Rodriguez</v>
+        <v>Simon Beaufoy, Danny Boyle</v>
       </c>
       <c r="F3" t="str">
-        <v>Thriller, Akcja, Kryminał</v>
+        <v>Przygodowy, Dramat, Thriller</v>
       </c>
       <c r="G3">
-        <v>106</v>
+        <v>94</v>
       </c>
       <c r="H3" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I3" t="str">
         <v>DVD</v>
       </c>
       <c r="J3">
-        <v>6.923</v>
+        <v>7.085</v>
       </c>
       <c r="K3" t="str">
         <v/>
       </c>
       <c r="L3">
-        <v>8068</v>
+        <v>44115</v>
       </c>
       <c r="M3" t="str">
-        <v>tt0112851</v>
+        <v>tt1542344</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
-        <v>Dinozaur</v>
+        <v>Absolwent</v>
       </c>
       <c r="B4" t="str">
-        <v>Dinosaur</v>
+        <v>The Graduate</v>
       </c>
       <c r="C4">
-        <v>2000</v>
+        <v>1967</v>
       </c>
       <c r="D4" t="str">
-        <v>Eric Leighton, Ralph Zondag</v>
+        <v>Mike Nichols</v>
       </c>
       <c r="E4" t="str">
-        <v>Robert Nelson Jacobs, Robert Nelson Jacobs, Thom Enriquez</v>
+        <v>Calder Willingham, Buck Henry</v>
       </c>
       <c r="F4" t="str">
-        <v>Animacja, Familijny, Przygodowy, Dramat</v>
+        <v>Dramat, Romans, Komedia</v>
       </c>
       <c r="G4">
-        <v>82</v>
+        <v>102</v>
       </c>
       <c r="H4" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I4" t="str">
         <v>DVD</v>
       </c>
       <c r="J4">
-        <v>6.548</v>
+        <v>7.6</v>
       </c>
       <c r="K4" t="str">
         <v/>
       </c>
       <c r="L4">
-        <v>10567</v>
+        <v>37247</v>
       </c>
       <c r="M4" t="str">
-        <v>tt0130623</v>
+        <v>tt0061722</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
-        <v>Dorian Gray</v>
+        <v>Alibi.com</v>
       </c>
       <c r="B5" t="str">
         <v/>
       </c>
       <c r="C5">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="D5" t="str">
-        <v>Oliver Parker</v>
+        <v>Philippe Lacheau</v>
       </c>
       <c r="E5" t="str">
-        <v>Toby Finlay</v>
+        <v>Philippe Lacheau, Julien Arruti, Pierre Dudan</v>
       </c>
       <c r="F5" t="str">
-        <v>Fantasy, Dramat, Thriller</v>
+        <v>Komedia, Familijny</v>
       </c>
       <c r="G5">
-        <v>112</v>
+        <v>90</v>
       </c>
       <c r="H5" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I5" t="str">
         <v>DVD</v>
       </c>
       <c r="J5">
-        <v>6.048</v>
+        <v>6.466</v>
       </c>
       <c r="K5" t="str">
         <v/>
       </c>
       <c r="L5">
-        <v>23488</v>
+        <v>398929</v>
       </c>
       <c r="M5" t="str">
-        <v>tt1235124</v>
+        <v>tt5657028</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
-        <v>Duma: Podróż do domu</v>
+        <v>Amelia</v>
       </c>
       <c r="B6" t="str">
-        <v>Duma</v>
+        <v>Amélie</v>
       </c>
       <c r="C6">
-        <v>2005</v>
+        <v>2001</v>
       </c>
       <c r="D6" t="str">
-        <v>Carroll Ballard</v>
+        <v>Jean-Pierre Jeunet</v>
       </c>
       <c r="E6" t="str">
-        <v>Carol Cawthra, Carol Cawthra Hopcraft, Xan Hopcraft</v>
+        <v>Guillaume Laurant, Jean-Pierre Jeunet</v>
       </c>
       <c r="F6" t="str">
-        <v>Przygodowy, Dramat, Familijny</v>
+        <v>Komedia, Romans</v>
       </c>
       <c r="G6">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="H6" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I6" t="str">
         <v>DVD</v>
       </c>
       <c r="J6">
-        <v>7.3</v>
+        <v>7.914</v>
       </c>
       <c r="K6" t="str">
         <v/>
       </c>
       <c r="L6">
-        <v>15907</v>
+        <v>194</v>
       </c>
       <c r="M6" t="str">
-        <v>tt0361715</v>
+        <v>tt0211915</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
-        <v>Dumbo</v>
+        <v>American Pie</v>
       </c>
       <c r="B7" t="str">
         <v/>
       </c>
       <c r="C7">
-        <v>2019</v>
+        <v>1999</v>
       </c>
       <c r="D7" t="str">
-        <v>Tim Burton</v>
+        <v>Paul Weitz</v>
       </c>
       <c r="E7" t="str">
-        <v>Ehren Kruger</v>
+        <v>Adam Herz</v>
       </c>
       <c r="F7" t="str">
-        <v>Familijny, Fantasy, Przygodowy</v>
+        <v>Komedia, Romans</v>
       </c>
       <c r="G7">
-        <v>112</v>
+        <v>95</v>
       </c>
       <c r="H7" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I7" t="str">
         <v>DVD</v>
       </c>
       <c r="J7">
-        <v>6.591</v>
+        <v>6.598</v>
       </c>
       <c r="K7" t="str">
         <v/>
       </c>
       <c r="L7">
-        <v>329996</v>
+        <v>2105</v>
       </c>
       <c r="M7" t="str">
-        <v>tt3861390</v>
+        <v>tt0163651</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
-        <v>Dziewczyna z tatuażem</v>
+        <v>American Pie 2</v>
       </c>
       <c r="B8" t="str">
-        <v>The Girl with the Dragon Tattoo</v>
+        <v/>
       </c>
       <c r="C8">
-        <v>2011</v>
+        <v>2001</v>
       </c>
       <c r="D8" t="str">
-        <v>David Fincher</v>
+        <v>J.B. Rogers</v>
       </c>
       <c r="E8" t="str">
-        <v>Steven Zaillian</v>
+        <v>Adam Herz, David H. Steinberg</v>
       </c>
       <c r="F8" t="str">
-        <v>Thriller, Kryminał, Tajemnica</v>
+        <v>Komedia, Romans</v>
       </c>
       <c r="G8">
-        <v>158</v>
+        <v>108</v>
       </c>
       <c r="H8" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I8" t="str">
         <v>DVD</v>
       </c>
       <c r="J8">
-        <v>7.377</v>
+        <v>6.246</v>
       </c>
       <c r="K8" t="str">
         <v/>
       </c>
       <c r="L8">
-        <v>65754</v>
+        <v>2770</v>
       </c>
       <c r="M8" t="str">
-        <v>tt1568346</v>
+        <v>tt0252866</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
-        <v>Epoka Lodowcowa</v>
+        <v>American Pie: Bractwo Beta</v>
       </c>
       <c r="B9" t="str">
-        <v>Ice Age</v>
+        <v>American Pie Presents: Beta House</v>
       </c>
       <c r="C9">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="D9" t="str">
-        <v>Chris Wedge</v>
+        <v>Andrew Waller</v>
       </c>
       <c r="E9" t="str">
-        <v>Michael Berg, Michael J. Wilson, Peter Ackerman</v>
+        <v>Erik Lindsay</v>
       </c>
       <c r="F9" t="str">
-        <v>Animacja, Komedia, Familijny, Przygodowy</v>
+        <v>Komedia</v>
       </c>
       <c r="G9">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="H9" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I9" t="str">
         <v>DVD</v>
       </c>
       <c r="J9">
-        <v>7.367</v>
+        <v>5.651</v>
       </c>
       <c r="K9" t="str">
         <v/>
       </c>
       <c r="L9">
-        <v>425</v>
+        <v>8277</v>
       </c>
       <c r="M9" t="str">
-        <v>tt0268380</v>
+        <v>tt0974959</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
-        <v>Epoka Lodowcowa 3: Era Dinozaurów</v>
+        <v>American Pie: Księga Miłości</v>
       </c>
       <c r="B10" t="str">
-        <v>Ice Age: Dawn of the Dinosaurs</v>
+        <v>American Pie Presents: The Book of Love</v>
       </c>
       <c r="C10">
         <v>2009</v>
       </c>
       <c r="D10" t="str">
-        <v>Carlos Saldanha</v>
+        <v>John Putch</v>
       </c>
       <c r="E10" t="str">
-        <v>Peter Ackerman, Michael Berg, Jason Carter Eaton</v>
+        <v>David H. Steinberg</v>
       </c>
       <c r="F10" t="str">
-        <v>Animacja, Komedia, Familijny, Przygodowy</v>
+        <v>Komedia</v>
       </c>
       <c r="G10">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="H10" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I10" t="str">
         <v>DVD</v>
       </c>
       <c r="J10">
-        <v>6.8</v>
+        <v>5.259</v>
       </c>
       <c r="K10" t="str">
         <v/>
       </c>
       <c r="L10">
-        <v>8355</v>
+        <v>26123</v>
       </c>
       <c r="M10" t="str">
-        <v>tt1080016</v>
+        <v>tt1407050</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
-        <v>Fantastyczne zwierzęta: Zbrodnie Grindelwalda</v>
+        <v>American Pie: Naga Mila</v>
       </c>
       <c r="B11" t="str">
-        <v>Fantastic Beasts: The Crimes of Grindelwald</v>
+        <v>American Pie Presents: The Naked Mile</v>
       </c>
       <c r="C11">
-        <v>2018</v>
+        <v>2006</v>
       </c>
       <c r="D11" t="str">
-        <v>David Yates</v>
+        <v>Joe Nussbaum</v>
       </c>
       <c r="E11" t="str">
-        <v>J.K. Rowling</v>
+        <v>Erik Lindsay</v>
       </c>
       <c r="F11" t="str">
-        <v>Fantasy, Przygodowy</v>
+        <v>Komedia</v>
       </c>
       <c r="G11">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="H11" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I11" t="str">
         <v>DVD</v>
       </c>
       <c r="J11">
-        <v>6.842</v>
+        <v>5.505</v>
       </c>
       <c r="K11" t="str">
         <v/>
       </c>
       <c r="L11">
-        <v>338952</v>
+        <v>8275</v>
       </c>
       <c r="M11" t="str">
-        <v>tt4123430</v>
+        <v>tt0808146</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
-        <v>Gdzie jest Dory</v>
+        <v>American Pie: Wakacje</v>
       </c>
       <c r="B12" t="str">
-        <v>Finding Dory</v>
+        <v>American Pie Presents: Band Camp</v>
       </c>
       <c r="C12">
-        <v>2016</v>
+        <v>2005</v>
       </c>
       <c r="D12" t="str">
-        <v>Andrew Stanton</v>
+        <v>Steve Rash</v>
       </c>
       <c r="E12" t="str">
-        <v>Andrew Stanton, Victoria Strouse, Andrew Stanton</v>
+        <v>Brad Riddell</v>
       </c>
       <c r="F12" t="str">
-        <v>Przygodowy, Animacja, Komedia, Familijny</v>
+        <v>Komedia</v>
       </c>
       <c r="G12">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="H12" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I12" t="str">
         <v>DVD</v>
       </c>
       <c r="J12">
-        <v>7.039</v>
+        <v>5.465</v>
       </c>
       <c r="K12" t="str">
         <v/>
       </c>
       <c r="L12">
-        <v>127380</v>
+        <v>8274</v>
       </c>
       <c r="M12" t="str">
-        <v>tt2277860</v>
+        <v>tt0436058</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
-        <v>Gdzie jest Nemo</v>
+        <v>American Pie: Wesele</v>
       </c>
       <c r="B13" t="str">
-        <v>Finding Nemo</v>
+        <v>American Wedding</v>
       </c>
       <c r="C13">
         <v>2003</v>
       </c>
       <c r="D13" t="str">
-        <v>Andrew Stanton</v>
+        <v>Jesse Dylan</v>
       </c>
       <c r="E13" t="str">
-        <v>David Reynolds, Bob Peterson, Andrew Stanton</v>
+        <v>Adam Herz</v>
       </c>
       <c r="F13" t="str">
-        <v>Animacja, Familijny</v>
+        <v>Komedia, Romans</v>
       </c>
       <c r="G13">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="H13" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I13" t="str">
         <v>DVD</v>
       </c>
       <c r="J13">
-        <v>7.8</v>
+        <v>6.217</v>
       </c>
       <c r="K13" t="str">
         <v/>
       </c>
       <c r="L13">
-        <v>12</v>
+        <v>8273</v>
       </c>
       <c r="M13" t="str">
-        <v>tt0266543</v>
+        <v>tt0328828</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
-        <v>Harry Potter i Czara Ognia</v>
+        <v>American Pie: Zjazd Absolwentów</v>
       </c>
       <c r="B14" t="str">
-        <v>Harry Potter and the Goblet of Fire</v>
+        <v>American Reunion</v>
       </c>
       <c r="C14">
-        <v>2005</v>
+        <v>2012</v>
       </c>
       <c r="D14" t="str">
-        <v>Mike Newell</v>
+        <v>Jon Hurwitz, Hayden Schlossberg</v>
       </c>
       <c r="E14" t="str">
-        <v>Steve Kloves</v>
+        <v>Hayden Schlossberg, Jon Hurwitz</v>
       </c>
       <c r="F14" t="str">
-        <v>Przygodowy, Fantasy</v>
+        <v>Komedia</v>
       </c>
       <c r="G14">
-        <v>157</v>
+        <v>113</v>
       </c>
       <c r="H14" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I14" t="str">
         <v>DVD</v>
       </c>
       <c r="J14">
-        <v>7.801</v>
+        <v>6.302</v>
       </c>
       <c r="K14" t="str">
         <v/>
       </c>
       <c r="L14">
-        <v>674</v>
+        <v>71552</v>
       </c>
       <c r="M14" t="str">
-        <v>tt0330373</v>
+        <v>tt1605630</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
-        <v>Harry Potter i Insygnia Śmierci: Część I</v>
+        <v>Ania z Zielonego Wzgórza</v>
       </c>
       <c r="B15" t="str">
-        <v>Harry Potter and the Deathly Hallows: Part 1</v>
+        <v>Anne of Green Gables</v>
       </c>
       <c r="C15">
-        <v>2010</v>
+        <v>1985</v>
       </c>
       <c r="D15" t="str">
-        <v>David Yates</v>
+        <v>Kevin Sullivan</v>
       </c>
       <c r="E15" t="str">
-        <v>Steve Kloves</v>
+        <v/>
       </c>
       <c r="F15" t="str">
-        <v>Przygodowy, Fantasy</v>
+        <v>Familijny, Dramat</v>
       </c>
       <c r="G15">
-        <v>146</v>
+        <v>199</v>
       </c>
       <c r="H15" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I15" t="str">
-        <v>DVD</v>
+        <v>Blu-ray</v>
       </c>
       <c r="J15">
-        <v>7.738</v>
+        <v>8.1</v>
       </c>
       <c r="K15" t="str">
         <v/>
       </c>
       <c r="L15">
-        <v>12444</v>
+        <v>17663</v>
       </c>
       <c r="M15" t="str">
-        <v>tt0926084</v>
+        <v>tt0088727</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
-        <v>Harry Potter i Insygnia Śmierci: Część II</v>
+        <v>Apartament</v>
       </c>
       <c r="B16" t="str">
-        <v>Harry Potter and the Deathly Hallows: Part 2</v>
+        <v>Wicker Park</v>
       </c>
       <c r="C16">
-        <v>2011</v>
+        <v>2004</v>
       </c>
       <c r="D16" t="str">
-        <v>David Yates</v>
+        <v>Paul McGuigan</v>
       </c>
       <c r="E16" t="str">
-        <v>Steve Kloves</v>
+        <v>Brandon Boyce</v>
       </c>
       <c r="F16" t="str">
-        <v>Przygodowy, Fantasy</v>
+        <v>Dramat, Tajemnica, Romans, Thriller</v>
       </c>
       <c r="G16">
-        <v>130</v>
+        <v>115</v>
       </c>
       <c r="H16" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I16" t="str">
         <v>DVD</v>
       </c>
       <c r="J16">
-        <v>8.1</v>
+        <v>6.818</v>
       </c>
       <c r="K16" t="str">
         <v/>
       </c>
       <c r="L16">
-        <v>12445</v>
+        <v>11208</v>
       </c>
       <c r="M16" t="str">
-        <v>tt1201607</v>
+        <v>tt0324554</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
-        <v>Harry Potter i Kamień Filozoficzny</v>
+        <v>Atak paniki</v>
       </c>
       <c r="B17" t="str">
-        <v>Harry Potter and the Philosopher&amp;#x27;s Stone</v>
+        <v>Panic Attack</v>
       </c>
       <c r="C17">
-        <v>2001</v>
+        <v>2018</v>
       </c>
       <c r="D17" t="str">
-        <v>Chris Columbus</v>
+        <v>Paweł Maślona</v>
       </c>
       <c r="E17" t="str">
-        <v>Steve Kloves</v>
+        <v>Aleksandra Pisula, Bartłomiej Kotschedoff, Paweł Maślona</v>
       </c>
       <c r="F17" t="str">
-        <v>Przygodowy, Fantasy</v>
+        <v>Dramat, Komedia</v>
       </c>
       <c r="G17">
-        <v>153</v>
+        <v>100</v>
       </c>
       <c r="H17" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I17" t="str">
         <v>DVD</v>
       </c>
       <c r="J17">
-        <v>7.9</v>
+        <v>5.757</v>
       </c>
       <c r="K17" t="str">
         <v/>
       </c>
       <c r="L17">
-        <v>671</v>
+        <v>470135</v>
       </c>
       <c r="M17" t="str">
-        <v>tt0241527</v>
+        <v>tt6147260</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
-        <v>Harry Potter i Komnata Tajemnic</v>
+        <v>Avatar</v>
       </c>
       <c r="B18" t="str">
-        <v>Harry Potter and the Chamber of Secrets</v>
+        <v/>
       </c>
       <c r="C18">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="D18" t="str">
-        <v>Chris Columbus</v>
+        <v>James Cameron</v>
       </c>
       <c r="E18" t="str">
-        <v>Steve Kloves</v>
+        <v>James Cameron</v>
       </c>
       <c r="F18" t="str">
-        <v>Przygodowy, Fantasy</v>
+        <v>Akcja, Przygodowy, Fantasy, Sci-Fi</v>
       </c>
       <c r="G18">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="H18" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I18" t="str">
         <v>DVD</v>
       </c>
       <c r="J18">
-        <v>7.705</v>
+        <v>7.594</v>
       </c>
       <c r="K18" t="str">
         <v/>
       </c>
       <c r="L18">
-        <v>672</v>
+        <v>19995</v>
       </c>
       <c r="M18" t="str">
-        <v>tt0295297</v>
+        <v>tt0499549</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
-        <v>Harry Potter i Książę Półkrwi</v>
+        <v>Bandyta</v>
       </c>
       <c r="B19" t="str">
-        <v>Harry Potter and the Half-Blood Prince</v>
+        <v>Brute</v>
       </c>
       <c r="C19">
-        <v>2009</v>
+        <v>1997</v>
       </c>
       <c r="D19" t="str">
-        <v>David Yates</v>
+        <v>Maciej Dejczer</v>
       </c>
       <c r="E19" t="str">
-        <v>Steve Kloves</v>
+        <v>Cezary Harasimowicz</v>
       </c>
       <c r="F19" t="str">
-        <v>Przygodowy, Fantasy</v>
+        <v>Dramat, Kryminał</v>
       </c>
       <c r="G19">
-        <v>153</v>
+        <v>102</v>
       </c>
       <c r="H19" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I19" t="str">
         <v>DVD</v>
       </c>
       <c r="J19">
-        <v>7.7</v>
+        <v>5.7</v>
       </c>
       <c r="K19" t="str">
         <v/>
       </c>
       <c r="L19">
-        <v>767</v>
+        <v>471</v>
       </c>
       <c r="M19" t="str">
-        <v>tt0417741</v>
+        <v>tt0129774</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
-        <v>Harry Potter i więzień Azkabanu</v>
+        <v>Basen</v>
       </c>
       <c r="B20" t="str">
-        <v>Harry Potter and the Prisoner of Azkaban</v>
+        <v>Swimming Pool</v>
       </c>
       <c r="C20">
-        <v>2004</v>
+        <v>2003</v>
       </c>
       <c r="D20" t="str">
-        <v>Alfonso Cuarón</v>
+        <v>François Ozon</v>
       </c>
       <c r="E20" t="str">
-        <v>Steve Kloves</v>
+        <v>François Ozon, Emmanuèle Bernheim</v>
       </c>
       <c r="F20" t="str">
-        <v>Przygodowy, Fantasy</v>
+        <v>Kryminał, Thriller</v>
       </c>
       <c r="G20">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="H20" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I20" t="str">
         <v>DVD</v>
       </c>
       <c r="J20">
-        <v>8</v>
+        <v>6.486</v>
       </c>
       <c r="K20" t="str">
         <v/>
       </c>
       <c r="L20">
-        <v>673</v>
+        <v>302</v>
       </c>
       <c r="M20" t="str">
-        <v>tt0304141</v>
+        <v>tt0324133</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
-        <v>Harry Potter i Zakon Feniksa</v>
+        <v>Beethoven 4</v>
       </c>
       <c r="B21" t="str">
-        <v>Harry Potter and the Order of the Phoenix</v>
+        <v>Beethoven&amp;#x27;s 4th</v>
       </c>
       <c r="C21">
-        <v>2007</v>
+        <v>2001</v>
       </c>
       <c r="D21" t="str">
-        <v>David Yates</v>
+        <v>David Mickey Evans</v>
       </c>
       <c r="E21" t="str">
-        <v>Michael Goldenberg</v>
+        <v>John Loy</v>
       </c>
       <c r="F21" t="str">
-        <v>Przygodowy, Fantasy</v>
+        <v>Familijny, Komedia</v>
       </c>
       <c r="G21">
-        <v>138</v>
+        <v>93</v>
       </c>
       <c r="H21" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I21" t="str">
         <v>DVD</v>
       </c>
       <c r="J21">
-        <v>7.7</v>
+        <v>5.242</v>
       </c>
       <c r="K21" t="str">
         <v/>
       </c>
       <c r="L21">
-        <v>675</v>
+        <v>24478</v>
       </c>
       <c r="M21" t="str">
-        <v>tt0373889</v>
+        <v>tt0294345</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
-        <v>Herkules</v>
+        <v>Błękitny motyl</v>
       </c>
       <c r="B22" t="str">
-        <v>Hercules</v>
+        <v>The Blue Butterfly</v>
       </c>
       <c r="C22">
-        <v>1997</v>
+        <v>2004</v>
       </c>
       <c r="D22" t="str">
-        <v>Ron Clements, John Musker</v>
+        <v>Léa Pool</v>
       </c>
       <c r="E22" t="str">
-        <v>Bob Shaw, Ron Clements, John Musker</v>
+        <v>Pete McCormack</v>
       </c>
       <c r="F22" t="str">
-        <v>Animacja, Familijny, Fantasy, Przygodowy, Komedia, Romans</v>
+        <v>Przygodowy, Dramat</v>
       </c>
       <c r="G22">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="H22" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I22" t="str">
         <v>DVD</v>
       </c>
-      <c r="J22">
-        <v>7.496</v>
+      <c r="J22" t="str">
+        <v/>
       </c>
       <c r="K22" t="str">
         <v/>
       </c>
       <c r="L22">
-        <v>11970</v>
+        <v>25379</v>
       </c>
       <c r="M22" t="str">
-        <v>tt0119282</v>
+        <v>tt0313300</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
-        <v>Hotel Transylwania</v>
+        <v>Brzydka prawda</v>
       </c>
       <c r="B23" t="str">
-        <v>Hotel Transylvania</v>
+        <v>The Ugly Truth</v>
       </c>
       <c r="C23">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="D23" t="str">
-        <v>Genndy Tartakovsky</v>
+        <v>Robert Luketic</v>
       </c>
       <c r="E23" t="str">
-        <v>Dan Hageman, Todd Durham, Kevin Hageman</v>
+        <v>Nicole Eastman, Karen McCullah</v>
       </c>
       <c r="F23" t="str">
-        <v>Animacja, Komedia, Familijny, Fantasy</v>
+        <v>Komedia, Romans</v>
       </c>
       <c r="G23">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="H23" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I23" t="str">
         <v>DVD</v>
       </c>
       <c r="J23">
-        <v>6.963</v>
+        <v>6.508</v>
       </c>
       <c r="K23" t="str">
         <v/>
       </c>
       <c r="L23">
-        <v>76492</v>
+        <v>20943</v>
       </c>
       <c r="M23" t="str">
-        <v>tt0837562</v>
+        <v>tt1142988</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
-        <v>Iluzjonista</v>
+        <v>Californication</v>
       </c>
       <c r="B24" t="str">
-        <v>The Illusionist</v>
+        <v>Californication</v>
       </c>
       <c r="C24">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="D24" t="str">
-        <v>Neil Burger</v>
+        <v/>
       </c>
       <c r="E24" t="str">
-        <v>Neil Burger</v>
+        <v/>
       </c>
       <c r="F24" t="str">
-        <v>Fantasy, Dramat, Thriller, Romans</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v/>
+      </c>
+      <c r="G24" t="str">
+        <v/>
       </c>
       <c r="H24" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I24" t="str">
         <v>DVD</v>
       </c>
-      <c r="J24">
-        <v>7.294</v>
+      <c r="J24" t="str">
+        <v/>
       </c>
       <c r="K24" t="str">
         <v/>
       </c>
-      <c r="L24">
-        <v>1491</v>
+      <c r="L24" t="str">
+        <v/>
       </c>
       <c r="M24" t="str">
-        <v>tt0443543</v>
+        <v/>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
-        <v>Kopciuszek</v>
+        <v>Całkowite zaćmienie</v>
       </c>
       <c r="B25" t="str">
-        <v>Cinderella</v>
+        <v>Total Eclipse</v>
       </c>
       <c r="C25">
-        <v>1950</v>
+        <v>1995</v>
       </c>
       <c r="D25" t="str">
-        <v>Clyde Geronimi, Wilfred Jackson, Hamilton Luske</v>
+        <v>Agnieszka Holland</v>
       </c>
       <c r="E25" t="str">
-        <v>Joe Rinaldi, Ken Anderson, Ted Sears</v>
+        <v>Christopher Hampton</v>
       </c>
       <c r="F25" t="str">
-        <v>Familijny, Fantasy, Animacja, Romans</v>
+        <v>Dramat, Romans</v>
       </c>
       <c r="G25">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="H25" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I25" t="str">
         <v>DVD</v>
       </c>
       <c r="J25">
-        <v>7.044</v>
+        <v>6.436</v>
       </c>
       <c r="K25" t="str">
         <v/>
       </c>
       <c r="L25">
-        <v>11224</v>
+        <v>36834</v>
       </c>
       <c r="M25" t="str">
-        <v>tt0042332</v>
+        <v>tt0114702</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
-        <v>Krzysiu, gdzie jesteś?</v>
+        <v>Camille Claudel</v>
       </c>
       <c r="B26" t="str">
-        <v>Christopher Robin</v>
+        <v/>
       </c>
       <c r="C26">
-        <v>2018</v>
+        <v>1988</v>
       </c>
       <c r="D26" t="str">
-        <v>Marc Forster</v>
+        <v>Bruno Nuytten</v>
       </c>
       <c r="E26" t="str">
-        <v>Greg Brooker, Mark Steven Johnson, Alex Ross Perry</v>
+        <v>Bruno Nuytten, Marilyn Goldin</v>
       </c>
       <c r="F26" t="str">
-        <v>Przygodowy, Komedia, Familijny, Fantasy</v>
+        <v>Dramat, Historyczny, Romans</v>
       </c>
       <c r="G26">
-        <v>104</v>
+        <v>175</v>
       </c>
       <c r="H26" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I26" t="str">
         <v>DVD</v>
       </c>
       <c r="J26">
-        <v>7.306</v>
+        <v>6.759</v>
       </c>
       <c r="K26" t="str">
         <v/>
       </c>
       <c r="L26">
-        <v>420814</v>
+        <v>11709</v>
       </c>
       <c r="M26" t="str">
-        <v>tt4575576</v>
+        <v>tt0094828</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
-        <v>Looper - Pętla czasu</v>
+        <v>Chata</v>
       </c>
       <c r="B27" t="str">
-        <v>Looper</v>
+        <v>The Shack</v>
       </c>
       <c r="C27">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="D27" t="str">
-        <v>Rian Johnson</v>
+        <v>Stuart Hazeldine</v>
       </c>
       <c r="E27" t="str">
-        <v>Rian Johnson</v>
+        <v>John Fusco, Andrew Lanham, Destin Daniel Cretton</v>
       </c>
       <c r="F27" t="str">
-        <v>Akcja, Thriller, Sci-Fi</v>
+        <v>Dramat, Familijny</v>
       </c>
       <c r="G27">
-        <v>118</v>
+        <v>132</v>
       </c>
       <c r="H27" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I27" t="str">
         <v>DVD</v>
       </c>
       <c r="J27">
-        <v>6.899</v>
+        <v>7.493</v>
       </c>
       <c r="K27" t="str">
         <v/>
       </c>
       <c r="L27">
-        <v>59967</v>
+        <v>345938</v>
       </c>
       <c r="M27" t="str">
-        <v>tt1276104</v>
+        <v>tt2872518</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
-        <v>Marmaduke - pies na fali</v>
+        <v>Coco</v>
       </c>
       <c r="B28" t="str">
-        <v>Marmaduke</v>
+        <v/>
       </c>
       <c r="C28">
-        <v>2010</v>
+        <v>2017</v>
       </c>
       <c r="D28" t="str">
-        <v>Tom Dey</v>
+        <v>Lee Unkrich</v>
       </c>
       <c r="E28" t="str">
-        <v>Vince Di Meglio, Tim Rasmussen</v>
+        <v>Adrian Molina, Matthew Aldrich</v>
       </c>
       <c r="F28" t="str">
-        <v>Familijny, Komedia</v>
+        <v>Familijny, Animacja, Muzyczny, Przygodowy</v>
       </c>
       <c r="G28">
-        <v>88</v>
+        <v>108</v>
       </c>
       <c r="H28" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I28" t="str">
         <v>DVD</v>
       </c>
       <c r="J28">
-        <v>5.215</v>
+        <v>8.201</v>
       </c>
       <c r="K28" t="str">
         <v/>
       </c>
       <c r="L28">
-        <v>38579</v>
+        <v>354912</v>
       </c>
       <c r="M28" t="str">
-        <v>tt1392197</v>
+        <v>tt2380307</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
-        <v>Maska Zorro</v>
+        <v>Cruella</v>
       </c>
       <c r="B29" t="str">
-        <v>The Mask of Zorro</v>
+        <v/>
       </c>
       <c r="C29">
-        <v>1998</v>
+        <v>2021</v>
       </c>
       <c r="D29" t="str">
-        <v>Martin Campbell</v>
+        <v>Craig Gillespie</v>
       </c>
       <c r="E29" t="str">
-        <v>John Eskow, Ted Elliott, Terry Rossio</v>
+        <v>Dana Fox, Tony McNamara, Aline Brosh McKenna</v>
       </c>
       <c r="F29" t="str">
-        <v>Akcja, Przygodowy</v>
+        <v>Komedia, Kryminał, Przygodowy</v>
       </c>
       <c r="G29">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="H29" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I29" t="str">
         <v>DVD</v>
       </c>
       <c r="J29">
-        <v>6.575</v>
+        <v>7.982</v>
       </c>
       <c r="K29" t="str">
         <v/>
       </c>
       <c r="L29">
-        <v>9342</v>
+        <v>337404</v>
       </c>
       <c r="M29" t="str">
-        <v>tt0120746</v>
+        <v>tt3228774</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
-        <v>Mulan</v>
+        <v>Cudowny chłopak</v>
       </c>
       <c r="B30" t="str">
-        <v/>
+        <v>Wonder</v>
       </c>
       <c r="C30">
-        <v>1998</v>
+        <v>2017</v>
       </c>
       <c r="D30" t="str">
-        <v>Tony Bancroft, Barry Cook</v>
+        <v>Stephen Chbosky</v>
       </c>
       <c r="E30" t="str">
-        <v>Eugenia Bostwick-Singer, Raymond Singer, Rita Hsiao</v>
+        <v>Steven Conrad, Stephen Chbosky, Jack Thorne</v>
       </c>
       <c r="F30" t="str">
-        <v>Animacja, Familijny, Przygodowy</v>
+        <v>Familijny, Dramat</v>
       </c>
       <c r="G30">
-        <v>88</v>
+        <v>113</v>
       </c>
       <c r="H30" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I30" t="str">
         <v>DVD</v>
       </c>
       <c r="J30">
-        <v>7.902</v>
+        <v>8.11</v>
       </c>
       <c r="K30" t="str">
         <v/>
       </c>
       <c r="L30">
-        <v>10674</v>
+        <v>406997</v>
       </c>
       <c r="M30" t="str">
-        <v>tt0120762</v>
+        <v>tt2543472</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
-        <v>Mój brat niedźwiedź</v>
+        <v>Czarny Łabędź</v>
       </c>
       <c r="B31" t="str">
-        <v>Brother Bear</v>
+        <v>Black Swan</v>
       </c>
       <c r="C31">
-        <v>2003</v>
+        <v>2010</v>
       </c>
       <c r="D31" t="str">
-        <v>Aaron Blaise, Robert Walker</v>
+        <v>Darren Aronofsky</v>
       </c>
       <c r="E31" t="str">
-        <v>Tab Murphy, Lorne Cameron, Nathan Greno</v>
+        <v>John J. McLaughlin, Mark Heyman, Andres Heinz</v>
       </c>
       <c r="F31" t="str">
-        <v>Przygodowy, Animacja, Familijny</v>
+        <v>Dramat, Thriller, Horror</v>
       </c>
       <c r="G31">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="H31" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I31" t="str">
         <v>DVD</v>
       </c>
       <c r="J31">
-        <v>7.27</v>
+        <v>7.686</v>
       </c>
       <c r="K31" t="str">
         <v/>
       </c>
       <c r="L31">
-        <v>10009</v>
+        <v>44214</v>
       </c>
       <c r="M31" t="str">
-        <v>tt0328880</v>
+        <v>tt0947798</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
-        <v>Niedźwiedzica</v>
+        <v>Czas Zemsty</v>
       </c>
       <c r="B32" t="str">
-        <v>Ms. Bear</v>
+        <v>Dead Man Down</v>
       </c>
       <c r="C32">
-        <v>1997</v>
+        <v>2013</v>
       </c>
       <c r="D32" t="str">
-        <v>Paul Ziller</v>
+        <v>Niels Arden Oplev</v>
       </c>
       <c r="E32" t="str">
-        <v>Paul Ziller, Antony Anderson, Bob Jason</v>
+        <v>J. H. Wyman</v>
       </c>
       <c r="F32" t="str">
-        <v>Przygodowy, Familijny</v>
+        <v>Thriller, Akcja, Kryminał, Dramat</v>
       </c>
       <c r="G32">
-        <v>102</v>
+        <v>118</v>
       </c>
       <c r="H32" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I32" t="str">
         <v>DVD</v>
       </c>
-      <c r="J32" t="str">
-        <v/>
+      <c r="J32">
+        <v>6.161</v>
       </c>
       <c r="K32" t="str">
         <v/>
       </c>
       <c r="L32">
-        <v>288181</v>
+        <v>102362</v>
       </c>
       <c r="M32" t="str">
-        <v>tt0119724</v>
+        <v>tt2101341</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
-        <v>Noe: Wybrany przez Boga</v>
+        <v>Czego pragną kobiety</v>
       </c>
       <c r="B33" t="str">
-        <v>Noah</v>
+        <v>What Women Want</v>
       </c>
       <c r="C33">
-        <v>2014</v>
+        <v>2000</v>
       </c>
       <c r="D33" t="str">
-        <v>Darren Aronofsky</v>
+        <v>Nancy Meyers</v>
       </c>
       <c r="E33" t="str">
-        <v>Ari Handel, Darren Aronofsky</v>
+        <v>Cathy Yuspa, Diane Drake, Josh Goldsmith</v>
       </c>
       <c r="F33" t="str">
-        <v>Dramat, Przygodowy</v>
+        <v>Komedia, Romans</v>
       </c>
       <c r="G33">
-        <v>138</v>
+        <v>127</v>
       </c>
       <c r="H33" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I33" t="str">
         <v>DVD</v>
       </c>
       <c r="J33">
-        <v>5.668</v>
+        <v>6.446</v>
       </c>
       <c r="K33" t="str">
         <v/>
       </c>
       <c r="L33">
-        <v>86834</v>
+        <v>3981</v>
       </c>
       <c r="M33" t="str">
-        <v>tt1959490</v>
+        <v>tt0207201</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
-        <v>Nowy początek</v>
+        <v>Desperado</v>
       </c>
       <c r="B34" t="str">
-        <v>Arrival</v>
+        <v/>
       </c>
       <c r="C34">
-        <v>2016</v>
+        <v>1995</v>
       </c>
       <c r="D34" t="str">
-        <v>Denis Villeneuve</v>
+        <v>Robert Rodriguez</v>
       </c>
       <c r="E34" t="str">
-        <v>Eric Heisserer</v>
+        <v>Robert Rodriguez</v>
       </c>
       <c r="F34" t="str">
-        <v>Dramat, Sci-Fi, Tajemnica</v>
+        <v>Thriller, Akcja, Kryminał</v>
       </c>
       <c r="G34">
-        <v>116</v>
+        <v>106</v>
       </c>
       <c r="H34" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I34" t="str">
         <v>DVD</v>
       </c>
       <c r="J34">
-        <v>7.623</v>
+        <v>6.923</v>
       </c>
       <c r="K34" t="str">
         <v/>
       </c>
       <c r="L34">
-        <v>329865</v>
+        <v>8068</v>
       </c>
       <c r="M34" t="str">
-        <v>tt2543164</v>
+        <v>tt0112851</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
-        <v>Obecność</v>
+        <v>Dinozaur</v>
       </c>
       <c r="B35" t="str">
-        <v>The Conjuring</v>
+        <v>Dinosaur</v>
       </c>
       <c r="C35">
-        <v>2013</v>
+        <v>2000</v>
       </c>
       <c r="D35" t="str">
-        <v>James Wan</v>
+        <v>Eric Leighton, Ralph Zondag</v>
       </c>
       <c r="E35" t="str">
-        <v>Carey Hayes, Chad Hayes</v>
+        <v>Robert Nelson Jacobs, Robert Nelson Jacobs, Thom Enriquez</v>
       </c>
       <c r="F35" t="str">
-        <v>Horror, Thriller</v>
+        <v>Animacja, Familijny, Przygodowy, Dramat</v>
       </c>
       <c r="G35">
-        <v>112</v>
+        <v>82</v>
       </c>
       <c r="H35" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I35" t="str">
         <v>DVD</v>
       </c>
       <c r="J35">
-        <v>7.5</v>
+        <v>6.548</v>
       </c>
       <c r="K35" t="str">
         <v/>
       </c>
       <c r="L35">
-        <v>138843</v>
+        <v>10567</v>
       </c>
       <c r="M35" t="str">
-        <v>tt1457767</v>
+        <v>tt0130623</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
-        <v>Odlot</v>
+        <v>Dirty Dancing</v>
       </c>
       <c r="B36" t="str">
-        <v>Up</v>
+        <v/>
       </c>
       <c r="C36">
-        <v>2009</v>
+        <v>1987</v>
       </c>
       <c r="D36" t="str">
-        <v>Pete Docter</v>
+        <v>Emile Ardolino</v>
       </c>
       <c r="E36" t="str">
-        <v>Bob Peterson, Pete Docter, Bob Peterson</v>
+        <v>Eleanor Bergstein</v>
       </c>
       <c r="F36" t="str">
-        <v>Animacja, Komedia, Familijny, Przygodowy</v>
+        <v>Dramat, Muzyczny, Romans</v>
       </c>
       <c r="G36">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="H36" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I36" t="str">
         <v>DVD</v>
       </c>
       <c r="J36">
-        <v>7.96</v>
+        <v>7.329</v>
       </c>
       <c r="K36" t="str">
         <v/>
       </c>
       <c r="L36">
-        <v>14160</v>
+        <v>88</v>
       </c>
       <c r="M36" t="str">
-        <v>tt1049413</v>
+        <v>tt0092890</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
-        <v>Pachnidło: Historia mordercy</v>
+        <v>Dirty Dancing 2</v>
       </c>
       <c r="B37" t="str">
-        <v>Perfume: The Story of a Murderer</v>
+        <v>Dirty Dancing: Havana Nights</v>
       </c>
       <c r="C37">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="D37" t="str">
-        <v>Tom Tykwer</v>
+        <v>Guy Ferland</v>
       </c>
       <c r="E37" t="str">
-        <v>Andrew Birkin, Bernd Eichinger, Tom Tykwer</v>
+        <v>Boaz Yakin, Victoria Arch, Kate Gunzinger</v>
       </c>
       <c r="F37" t="str">
-        <v>Kryminał, Fantasy, Dramat</v>
+        <v>Romans, Dramat</v>
       </c>
       <c r="G37">
-        <v>147</v>
+        <v>86</v>
       </c>
       <c r="H37" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I37" t="str">
         <v>DVD</v>
       </c>
       <c r="J37">
-        <v>7.366</v>
+        <v>6.428</v>
       </c>
       <c r="K37" t="str">
         <v/>
       </c>
       <c r="L37">
-        <v>1427</v>
+        <v>10677</v>
       </c>
       <c r="M37" t="str">
-        <v>tt0396171</v>
+        <v>tt0338096</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
-        <v>Praktykant</v>
+        <v>Dla niej wszystko</v>
       </c>
       <c r="B38" t="str">
-        <v>The Intern</v>
+        <v>The Next Three Days</v>
       </c>
       <c r="C38">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="D38" t="str">
-        <v>Nancy Meyers</v>
+        <v>Paul Haggis</v>
       </c>
       <c r="E38" t="str">
-        <v>Nancy Meyers</v>
+        <v>Paul Haggis</v>
       </c>
       <c r="F38" t="str">
-        <v>Komedia</v>
+        <v>Romans, Dramat, Thriller, Kryminał</v>
       </c>
       <c r="G38">
-        <v>121</v>
+        <v>133</v>
       </c>
       <c r="H38" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I38" t="str">
         <v>DVD</v>
       </c>
       <c r="J38">
-        <v>7.227</v>
+        <v>7.082</v>
       </c>
       <c r="K38" t="str">
         <v/>
       </c>
       <c r="L38">
-        <v>257211</v>
+        <v>43539</v>
       </c>
       <c r="M38" t="str">
-        <v>tt2361509</v>
+        <v>tt1458175</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
-        <v>Proces</v>
+        <v>Dobrze się kłamie w miłym towarzystwie</v>
       </c>
       <c r="B39" t="str">
-        <v>The Trial</v>
+        <v>Perfect Strangers</v>
       </c>
       <c r="C39">
-        <v>1980</v>
+        <v>2016</v>
       </c>
       <c r="D39" t="str">
-        <v>Laco Adamik, Agnieszka Holland</v>
+        <v>Paolo Genovese</v>
       </c>
       <c r="E39" t="str">
-        <v>Agnieszka Holland, Franz Kafka, Laco Adamik</v>
+        <v>Paolo Genovese, Paolo Genovese, Filippo Bologna</v>
       </c>
       <c r="F39" t="str">
-        <v>Dramat</v>
+        <v>Komedia, Dramat</v>
       </c>
       <c r="G39">
-        <v>119</v>
+        <v>97</v>
       </c>
       <c r="H39" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I39" t="str">
         <v>DVD</v>
       </c>
-      <c r="J39" t="str">
-        <v/>
+      <c r="J39">
+        <v>7.855</v>
       </c>
       <c r="K39" t="str">
         <v/>
       </c>
       <c r="L39">
-        <v>975491</v>
+        <v>381341</v>
       </c>
       <c r="M39" t="str">
-        <v>tt16678512</v>
+        <v>tt4901306</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
-        <v>Przed zachodem słońca</v>
+        <v>Doktor Dolittle</v>
       </c>
       <c r="B40" t="str">
-        <v>Before Sunset</v>
+        <v>Doctor Dolittle</v>
       </c>
       <c r="C40">
-        <v>2004</v>
+        <v>1998</v>
       </c>
       <c r="D40" t="str">
-        <v>Richard Linklater</v>
+        <v>Betty Thomas</v>
       </c>
       <c r="E40" t="str">
-        <v>Richard Linklater, Julie Delpy, Ethan Hawke</v>
+        <v>Nat Mauldin, Larry Levin, Hugh Lofting</v>
       </c>
       <c r="F40" t="str">
-        <v>Dramat, Romans</v>
+        <v>Komedia, Familijny, Fantasy</v>
       </c>
       <c r="G40">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="H40" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I40" t="str">
         <v>DVD</v>
       </c>
       <c r="J40">
-        <v>7.81</v>
+        <v>5.713</v>
       </c>
       <c r="K40" t="str">
         <v/>
       </c>
       <c r="L40">
-        <v>80</v>
+        <v>3050</v>
       </c>
       <c r="M40" t="str">
-        <v>tt0381681</v>
+        <v>tt0118998</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
-        <v>Pręgi</v>
+        <v>Dom dusz</v>
       </c>
       <c r="B41" t="str">
-        <v>The Welts</v>
+        <v>The House of the Spirits</v>
       </c>
       <c r="C41">
-        <v>2004</v>
+        <v>1993</v>
       </c>
       <c r="D41" t="str">
-        <v>Magdalena Piekorz</v>
+        <v>Bille August</v>
       </c>
       <c r="E41" t="str">
-        <v>Wojciech Kuczok</v>
+        <v>Bille August</v>
       </c>
       <c r="F41" t="str">
-        <v>Dramat</v>
+        <v>Romans, Dramat</v>
       </c>
       <c r="G41">
-        <v>91</v>
+        <v>140</v>
       </c>
       <c r="H41" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I41" t="str">
         <v>DVD</v>
       </c>
       <c r="J41">
-        <v>6.8</v>
+        <v>6.9</v>
       </c>
       <c r="K41" t="str">
         <v/>
       </c>
       <c r="L41">
-        <v>36402</v>
+        <v>2259</v>
       </c>
       <c r="M41" t="str">
-        <v>tt0426173</v>
+        <v>tt0107151</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
-        <v>Rejs</v>
+        <v>Don Jon</v>
       </c>
       <c r="B42" t="str">
-        <v>The Cruise</v>
+        <v/>
       </c>
       <c r="C42">
-        <v>1970</v>
+        <v>2013</v>
       </c>
       <c r="D42" t="str">
-        <v>Marek Piwowski</v>
+        <v>Joseph Gordon-Levitt</v>
       </c>
       <c r="E42" t="str">
-        <v>Janusz Głowacki, Marek Piwowski</v>
+        <v>Joseph Gordon-Levitt</v>
       </c>
       <c r="F42" t="str">
-        <v>Komedia, Dramat</v>
+        <v>Romans, Komedia, Dramat</v>
       </c>
       <c r="G42">
-        <v>65</v>
+        <v>90</v>
       </c>
       <c r="H42" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I42" t="str">
         <v>DVD</v>
       </c>
       <c r="J42">
-        <v>7</v>
+        <v>6.014</v>
       </c>
       <c r="K42" t="str">
         <v/>
       </c>
       <c r="L42">
-        <v>36404</v>
+        <v>138697</v>
       </c>
       <c r="M42" t="str">
-        <v>tt0066289</v>
+        <v>tt2229499</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
-        <v>Rio</v>
+        <v>Dorian Gray</v>
       </c>
       <c r="B43" t="str">
         <v/>
       </c>
       <c r="C43">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="D43" t="str">
-        <v>Carlos Saldanha</v>
+        <v>Oliver Parker</v>
       </c>
       <c r="E43" t="str">
-        <v>Don Rhymer, Carlos Saldanha, Earl Richey Jones</v>
+        <v>Toby Finlay</v>
       </c>
       <c r="F43" t="str">
-        <v>Animacja, Przygodowy, Komedia, Familijny</v>
+        <v>Fantasy, Dramat, Thriller</v>
       </c>
       <c r="G43">
-        <v>96</v>
+        <v>112</v>
       </c>
       <c r="H43" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I43" t="str">
         <v>DVD</v>
       </c>
       <c r="J43">
-        <v>6.753</v>
+        <v>6.048</v>
       </c>
       <c r="K43" t="str">
         <v/>
       </c>
       <c r="L43">
-        <v>46195</v>
+        <v>23488</v>
       </c>
       <c r="M43" t="str">
-        <v>tt1436562</v>
+        <v>tt1235124</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
-        <v>Robinson Crusoe</v>
+        <v>Drapacz Chmur</v>
       </c>
       <c r="B44" t="str">
-        <v/>
+        <v>Skyscraper</v>
       </c>
       <c r="C44">
-        <v>1997</v>
+        <v>2018</v>
       </c>
       <c r="D44" t="str">
-        <v>George T. Miller, Rod Hardy</v>
+        <v>Rawson Marshall Thurber</v>
       </c>
       <c r="E44" t="str">
-        <v>Christopher Lofton, Tracy Keenan Wynn, Christopher Canaan</v>
+        <v>Rawson Marshall Thurber</v>
       </c>
       <c r="F44" t="str">
-        <v>Akcja, Przygodowy, Dramat</v>
+        <v>Akcja, Thriller, Przygodowy</v>
       </c>
       <c r="G44">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="H44" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I44" t="str">
         <v>DVD</v>
       </c>
       <c r="J44">
-        <v>5.971</v>
+        <v>6.316</v>
       </c>
       <c r="K44" t="str">
         <v/>
       </c>
       <c r="L44">
-        <v>11210</v>
+        <v>447200</v>
       </c>
       <c r="M44" t="str">
-        <v>tt0117496</v>
+        <v>tt5758778</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
-        <v>Super 8</v>
+        <v>Droga bez powrotu</v>
       </c>
       <c r="B45" t="str">
-        <v/>
+        <v>Wrong Turn</v>
       </c>
       <c r="C45">
-        <v>2011</v>
+        <v>2003</v>
       </c>
       <c r="D45" t="str">
-        <v>J.J. Abrams</v>
+        <v>Rob Schmidt</v>
       </c>
       <c r="E45" t="str">
-        <v>J.J. Abrams</v>
+        <v>Alan B. McElroy</v>
       </c>
       <c r="F45" t="str">
-        <v>Thriller, Sci-Fi, Tajemnica</v>
+        <v>Horror, Thriller</v>
       </c>
       <c r="G45">
-        <v>112</v>
+        <v>84</v>
       </c>
       <c r="H45" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I45" t="str">
         <v>DVD</v>
       </c>
       <c r="J45">
-        <v>6.771</v>
+        <v>6.4</v>
       </c>
       <c r="K45" t="str">
         <v/>
       </c>
       <c r="L45">
-        <v>37686</v>
+        <v>9902</v>
       </c>
       <c r="M45" t="str">
-        <v>tt1650062</v>
+        <v>tt0295700</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
-        <v>Sędzia</v>
+        <v>Droga do El Dorado</v>
       </c>
       <c r="B46" t="str">
-        <v>The Judge</v>
+        <v>The Road to El Dorado</v>
       </c>
       <c r="C46">
-        <v>2014</v>
+        <v>2000</v>
       </c>
       <c r="D46" t="str">
-        <v>David Dobkin</v>
+        <v>Bibo Bergeron, Don Paul</v>
       </c>
       <c r="E46" t="str">
-        <v>Bill Dubuque, David Dobkin, Nick Schenk</v>
+        <v>Ted Elliott, Terry Rossio</v>
       </c>
       <c r="F46" t="str">
-        <v>Dramat</v>
+        <v>Familijny, Przygodowy, Animacja, Komedia, Fantasy</v>
       </c>
       <c r="G46">
-        <v>141</v>
+        <v>89</v>
       </c>
       <c r="H46" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I46" t="str">
         <v>DVD</v>
       </c>
       <c r="J46">
-        <v>7.328</v>
+        <v>7.251</v>
       </c>
       <c r="K46" t="str">
         <v/>
       </c>
       <c r="L46">
-        <v>205587</v>
+        <v>10501</v>
       </c>
       <c r="M46" t="str">
-        <v>tt1872194</v>
+        <v>tt0138749</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
-        <v>To właśnie miłość</v>
+        <v>Druhny</v>
       </c>
       <c r="B47" t="str">
-        <v>Love Actually</v>
+        <v>Bridesmaids</v>
       </c>
       <c r="C47">
-        <v>2003</v>
+        <v>2011</v>
       </c>
       <c r="D47" t="str">
-        <v>Richard Curtis</v>
+        <v>Paul Feig</v>
       </c>
       <c r="E47" t="str">
-        <v>Richard Curtis</v>
+        <v>Kristen Wiig, Annie Mumolo</v>
       </c>
       <c r="F47" t="str">
-        <v>Komedia, Romans, Dramat</v>
+        <v>Komedia, Romans</v>
       </c>
       <c r="G47">
-        <v>135</v>
+        <v>125</v>
       </c>
       <c r="H47" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I47" t="str">
         <v>DVD</v>
       </c>
       <c r="J47">
-        <v>7.101</v>
+        <v>6.515</v>
       </c>
       <c r="K47" t="str">
         <v/>
       </c>
       <c r="L47">
-        <v>508</v>
+        <v>55721</v>
       </c>
       <c r="M47" t="str">
-        <v>tt0314331</v>
+        <v>tt1478338</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
-        <v>W chmurach</v>
+        <v>Duchy moich byłych</v>
       </c>
       <c r="B48" t="str">
-        <v>Up in the Air</v>
+        <v>Ghosts of Girlfriends Past</v>
       </c>
       <c r="C48">
         <v>2009</v>
       </c>
       <c r="D48" t="str">
-        <v>Jason Reitman</v>
+        <v>Mark Waters</v>
       </c>
       <c r="E48" t="str">
-        <v>Jason Reitman, Sheldon Turner</v>
+        <v>Jon Lucas, Scott Moore</v>
       </c>
       <c r="F48" t="str">
-        <v>Dramat, Romans</v>
+        <v>Romans, Komedia, Fantasy</v>
       </c>
       <c r="G48">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="H48" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I48" t="str">
-        <v>Blu-ray</v>
+        <v>DVD</v>
       </c>
       <c r="J48">
-        <v>6.883</v>
+        <v>5.958</v>
       </c>
       <c r="K48" t="str">
         <v/>
       </c>
       <c r="L48">
-        <v>22947</v>
+        <v>12556</v>
       </c>
       <c r="M48" t="str">
-        <v>tt1193138</v>
+        <v>tt0821640</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
-        <v>Zostańmy przyjaciółmi</v>
+        <v>Duma i uprzedzenie</v>
       </c>
       <c r="B49" t="str">
-        <v>Just Friends</v>
+        <v>Pride &amp;amp; Prejudice</v>
       </c>
       <c r="C49">
         <v>2005</v>
       </c>
       <c r="D49" t="str">
-        <v>Roger Kumble</v>
+        <v>Joe Wright</v>
       </c>
       <c r="E49" t="str">
-        <v>Adam &amp;#x27;Tex&amp;#x27; Davis</v>
+        <v>Deborah Moggach</v>
       </c>
       <c r="F49" t="str">
-        <v>Komedia, Romans</v>
+        <v>Dramat, Romans</v>
       </c>
       <c r="G49">
-        <v>96</v>
+        <v>127</v>
       </c>
       <c r="H49" t="str">
         <v>Posiadane</v>
       </c>
       <c r="I49" t="str">
-        <v>Blu-ray</v>
+        <v>DVD</v>
       </c>
       <c r="J49">
-        <v>6.219</v>
+        <v>8.052</v>
       </c>
       <c r="K49" t="str">
         <v/>
       </c>
       <c r="L49">
-        <v>10033</v>
+        <v>4348</v>
       </c>
       <c r="M49" t="str">
-        <v>tt0433400</v>
+        <v>tt0414387</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
+        <v>Duma: Podróż do domu</v>
+      </c>
+      <c r="B50" t="str">
+        <v>Duma</v>
+      </c>
+      <c r="C50">
+        <v>2005</v>
+      </c>
+      <c r="D50" t="str">
+        <v>Carroll Ballard</v>
+      </c>
+      <c r="E50" t="str">
+        <v>Carol Cawthra, Carol Cawthra Hopcraft, Xan Hopcraft</v>
+      </c>
+      <c r="F50" t="str">
+        <v>Przygodowy, Dramat, Familijny</v>
+      </c>
+      <c r="G50">
+        <v>100</v>
+      </c>
+      <c r="H50" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I50" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J50">
+        <v>7.3</v>
+      </c>
+      <c r="K50" t="str">
+        <v/>
+      </c>
+      <c r="L50">
+        <v>15907</v>
+      </c>
+      <c r="M50" t="str">
+        <v>tt0361715</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="str">
+        <v>Dumbo</v>
+      </c>
+      <c r="B51" t="str">
+        <v/>
+      </c>
+      <c r="C51">
+        <v>2019</v>
+      </c>
+      <c r="D51" t="str">
+        <v>Tim Burton</v>
+      </c>
+      <c r="E51" t="str">
+        <v>Ehren Kruger</v>
+      </c>
+      <c r="F51" t="str">
+        <v>Familijny, Fantasy, Przygodowy</v>
+      </c>
+      <c r="G51">
+        <v>112</v>
+      </c>
+      <c r="H51" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I51" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J51">
+        <v>6.591</v>
+      </c>
+      <c r="K51" t="str">
+        <v/>
+      </c>
+      <c r="L51">
+        <v>329996</v>
+      </c>
+      <c r="M51" t="str">
+        <v>tt3861390</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="str">
+        <v>Dziewczyna moich koszmarów</v>
+      </c>
+      <c r="B52" t="str">
+        <v>The Heartbreak Kid</v>
+      </c>
+      <c r="C52">
+        <v>2007</v>
+      </c>
+      <c r="D52" t="str">
+        <v>Bobby Farrelly, Peter Farrelly</v>
+      </c>
+      <c r="E52" t="str">
+        <v>Bobby Farrelly, Leslie Dixon, Scot Armstrong</v>
+      </c>
+      <c r="F52" t="str">
+        <v>Komedia, Romans</v>
+      </c>
+      <c r="G52">
+        <v>116</v>
+      </c>
+      <c r="H52" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I52" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J52">
+        <v>5.739</v>
+      </c>
+      <c r="K52" t="str">
+        <v/>
+      </c>
+      <c r="L52">
+        <v>9038</v>
+      </c>
+      <c r="M52" t="str">
+        <v>tt0408839</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="str">
+        <v>Dziewczyna mojego kumpla</v>
+      </c>
+      <c r="B53" t="str">
+        <v>My Best Friend&amp;#x27;s Girl</v>
+      </c>
+      <c r="C53">
+        <v>2008</v>
+      </c>
+      <c r="D53" t="str">
+        <v>Howard Deutch</v>
+      </c>
+      <c r="E53" t="str">
+        <v>Jordan Cahan</v>
+      </c>
+      <c r="F53" t="str">
+        <v>Romans, Komedia</v>
+      </c>
+      <c r="G53">
+        <v>101</v>
+      </c>
+      <c r="H53" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I53" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J53">
+        <v>5.649</v>
+      </c>
+      <c r="K53" t="str">
+        <v/>
+      </c>
+      <c r="L53">
+        <v>13596</v>
+      </c>
+      <c r="M53" t="str">
+        <v>tt1046163</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="str">
+        <v>Dziewczyna z pociągu</v>
+      </c>
+      <c r="B54" t="str">
+        <v>The Girl on the Train</v>
+      </c>
+      <c r="C54">
+        <v>2016</v>
+      </c>
+      <c r="D54" t="str">
+        <v>Tate Taylor</v>
+      </c>
+      <c r="E54" t="str">
+        <v>Erin Cressida Wilson</v>
+      </c>
+      <c r="F54" t="str">
+        <v>Kryminał, Tajemnica, Thriller</v>
+      </c>
+      <c r="G54">
+        <v>112</v>
+      </c>
+      <c r="H54" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I54" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J54">
+        <v>6.444</v>
+      </c>
+      <c r="K54" t="str">
+        <v/>
+      </c>
+      <c r="L54">
+        <v>346685</v>
+      </c>
+      <c r="M54" t="str">
+        <v>tt3631112</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="str">
+        <v>Dziewczyna z tatuażem</v>
+      </c>
+      <c r="B55" t="str">
+        <v>The Girl with the Dragon Tattoo</v>
+      </c>
+      <c r="C55">
+        <v>2011</v>
+      </c>
+      <c r="D55" t="str">
+        <v>David Fincher</v>
+      </c>
+      <c r="E55" t="str">
+        <v>Steven Zaillian</v>
+      </c>
+      <c r="F55" t="str">
+        <v>Thriller, Kryminał, Tajemnica</v>
+      </c>
+      <c r="G55">
+        <v>158</v>
+      </c>
+      <c r="H55" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I55" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J55">
+        <v>7.377</v>
+      </c>
+      <c r="K55" t="str">
+        <v/>
+      </c>
+      <c r="L55">
+        <v>65754</v>
+      </c>
+      <c r="M55" t="str">
+        <v>tt1568346</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="str">
+        <v>Dzika Rzeka</v>
+      </c>
+      <c r="B56" t="str">
+        <v>The River Wild</v>
+      </c>
+      <c r="C56">
+        <v>1994</v>
+      </c>
+      <c r="D56" t="str">
+        <v>Curtis Hanson</v>
+      </c>
+      <c r="E56" t="str">
+        <v>Denis O&amp;#x27;Neill</v>
+      </c>
+      <c r="F56" t="str">
+        <v>Przygodowy, Thriller, Dramat</v>
+      </c>
+      <c r="G56">
+        <v>111</v>
+      </c>
+      <c r="H56" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I56" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J56">
+        <v>6.442</v>
+      </c>
+      <c r="K56" t="str">
+        <v/>
+      </c>
+      <c r="L56">
+        <v>8987</v>
+      </c>
+      <c r="M56" t="str">
+        <v>tt0110997</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="str">
+        <v>Dzikie historie</v>
+      </c>
+      <c r="B57" t="str">
+        <v>Wild Tales</v>
+      </c>
+      <c r="C57">
+        <v>2014</v>
+      </c>
+      <c r="D57" t="str">
+        <v>Damián Szifron</v>
+      </c>
+      <c r="E57" t="str">
+        <v>Damián Szifron</v>
+      </c>
+      <c r="F57" t="str">
+        <v>Dramat, Thriller, Komedia</v>
+      </c>
+      <c r="G57">
+        <v>122</v>
+      </c>
+      <c r="H57" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I57" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J57">
+        <v>7.866</v>
+      </c>
+      <c r="K57" t="str">
+        <v/>
+      </c>
+      <c r="L57">
+        <v>265195</v>
+      </c>
+      <c r="M57" t="str">
+        <v>tt3011894</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="str">
+        <v>Dziobem i pazurem</v>
+      </c>
+      <c r="B58" t="str">
+        <v/>
+      </c>
+      <c r="C58">
+        <v>2002</v>
+      </c>
+      <c r="D58" t="str">
+        <v>Krystian Matysek</v>
+      </c>
+      <c r="E58" t="str">
+        <v/>
+      </c>
+      <c r="F58" t="str">
+        <v/>
+      </c>
+      <c r="G58" t="str">
+        <v/>
+      </c>
+      <c r="H58" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I58" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J58" t="str">
+        <v/>
+      </c>
+      <c r="K58" t="str">
+        <v/>
+      </c>
+      <c r="L58" t="str">
+        <v/>
+      </c>
+      <c r="M58" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="str">
+        <v>E.T.</v>
+      </c>
+      <c r="B59" t="str">
+        <v>E.T. the Extra-Terrestrial</v>
+      </c>
+      <c r="C59">
+        <v>1982</v>
+      </c>
+      <c r="D59" t="str">
+        <v>Steven Spielberg</v>
+      </c>
+      <c r="E59" t="str">
+        <v>Melissa Mathison</v>
+      </c>
+      <c r="F59" t="str">
+        <v>Sci-Fi, Przygodowy, Familijny, Fantasy</v>
+      </c>
+      <c r="G59">
+        <v>115</v>
+      </c>
+      <c r="H59" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I59" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J59">
+        <v>7.51</v>
+      </c>
+      <c r="K59" t="str">
+        <v/>
+      </c>
+      <c r="L59">
+        <v>601</v>
+      </c>
+      <c r="M59" t="str">
+        <v>tt0083866</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="str">
+        <v>Epoka Lodowcowa</v>
+      </c>
+      <c r="B60" t="str">
+        <v>Ice Age</v>
+      </c>
+      <c r="C60">
+        <v>2002</v>
+      </c>
+      <c r="D60" t="str">
+        <v>Chris Wedge</v>
+      </c>
+      <c r="E60" t="str">
+        <v>Michael Berg, Michael J. Wilson, Peter Ackerman</v>
+      </c>
+      <c r="F60" t="str">
+        <v>Animacja, Komedia, Familijny, Przygodowy</v>
+      </c>
+      <c r="G60">
+        <v>81</v>
+      </c>
+      <c r="H60" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I60" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J60">
+        <v>7.367</v>
+      </c>
+      <c r="K60" t="str">
+        <v/>
+      </c>
+      <c r="L60">
+        <v>425</v>
+      </c>
+      <c r="M60" t="str">
+        <v>tt0268380</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="str">
+        <v>Epoka Lodowcowa 2: Odwilż</v>
+      </c>
+      <c r="B61" t="str">
+        <v>Ice Age: The Meltdown</v>
+      </c>
+      <c r="C61">
+        <v>2006</v>
+      </c>
+      <c r="D61" t="str">
+        <v>Carlos Saldanha</v>
+      </c>
+      <c r="E61" t="str">
+        <v>Jim Hecht, Gerry Swallow, Gerry Swallow</v>
+      </c>
+      <c r="F61" t="str">
+        <v>Animacja, Familijny, Komedia, Przygodowy</v>
+      </c>
+      <c r="G61">
+        <v>91</v>
+      </c>
+      <c r="H61" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I61" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J61">
+        <v>6.717</v>
+      </c>
+      <c r="K61" t="str">
+        <v/>
+      </c>
+      <c r="L61">
+        <v>950</v>
+      </c>
+      <c r="M61" t="str">
+        <v>tt0438097</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="str">
+        <v>Epoka Lodowcowa 3: Era Dinozaurów</v>
+      </c>
+      <c r="B62" t="str">
+        <v>Ice Age: Dawn of the Dinosaurs</v>
+      </c>
+      <c r="C62">
+        <v>2009</v>
+      </c>
+      <c r="D62" t="str">
+        <v>Carlos Saldanha</v>
+      </c>
+      <c r="E62" t="str">
+        <v>Peter Ackerman, Michael Berg, Jason Carter Eaton</v>
+      </c>
+      <c r="F62" t="str">
+        <v>Animacja, Komedia, Familijny, Przygodowy</v>
+      </c>
+      <c r="G62">
+        <v>94</v>
+      </c>
+      <c r="H62" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I62" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J62">
+        <v>6.8</v>
+      </c>
+      <c r="K62" t="str">
+        <v/>
+      </c>
+      <c r="L62">
+        <v>8355</v>
+      </c>
+      <c r="M62" t="str">
+        <v>tt1080016</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="str">
+        <v>Escape Room</v>
+      </c>
+      <c r="B63" t="str">
+        <v/>
+      </c>
+      <c r="C63">
+        <v>2019</v>
+      </c>
+      <c r="D63" t="str">
+        <v>Adam Robitel</v>
+      </c>
+      <c r="E63" t="str">
+        <v>Bragi F. Schut, Maria Melnik, Bragi F. Schut</v>
+      </c>
+      <c r="F63" t="str">
+        <v>Horror, Thriller, Tajemnica</v>
+      </c>
+      <c r="G63">
+        <v>100</v>
+      </c>
+      <c r="H63" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I63" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J63">
+        <v>6.544</v>
+      </c>
+      <c r="K63" t="str">
+        <v/>
+      </c>
+      <c r="L63">
+        <v>522681</v>
+      </c>
+      <c r="M63" t="str">
+        <v>tt5886046</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="str">
+        <v>Ex Machina</v>
+      </c>
+      <c r="B64" t="str">
+        <v/>
+      </c>
+      <c r="C64">
+        <v>2015</v>
+      </c>
+      <c r="D64" t="str">
+        <v>Alex Garland</v>
+      </c>
+      <c r="E64" t="str">
+        <v>Alex Garland</v>
+      </c>
+      <c r="F64" t="str">
+        <v>Dramat, Sci-Fi</v>
+      </c>
+      <c r="G64">
+        <v>108</v>
+      </c>
+      <c r="H64" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I64" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J64">
+        <v>7.572</v>
+      </c>
+      <c r="K64" t="str">
+        <v/>
+      </c>
+      <c r="L64">
+        <v>264660</v>
+      </c>
+      <c r="M64" t="str">
+        <v>tt0470752</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="str">
+        <v>Fala</v>
+      </c>
+      <c r="B65" t="str">
+        <v>The Wave</v>
+      </c>
+      <c r="C65">
+        <v>2008</v>
+      </c>
+      <c r="D65" t="str">
+        <v>Dennis Gansel</v>
+      </c>
+      <c r="E65" t="str">
+        <v>Peter Thorwarth, Dennis Gansel</v>
+      </c>
+      <c r="F65" t="str">
+        <v>Dramat, Thriller</v>
+      </c>
+      <c r="G65">
+        <v>107</v>
+      </c>
+      <c r="H65" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I65" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J65">
+        <v>7.485</v>
+      </c>
+      <c r="K65" t="str">
+        <v/>
+      </c>
+      <c r="L65">
+        <v>7735</v>
+      </c>
+      <c r="M65" t="str">
+        <v>tt1063669</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="str">
+        <v>Fałszerze</v>
+      </c>
+      <c r="B66" t="str">
+        <v>The Counterfeiters</v>
+      </c>
+      <c r="C66">
+        <v>2007</v>
+      </c>
+      <c r="D66" t="str">
+        <v>Stefan Ruzowitzky</v>
+      </c>
+      <c r="E66" t="str">
+        <v>Stefan Ruzowitzky</v>
+      </c>
+      <c r="F66" t="str">
+        <v>Dramat, Wojenny</v>
+      </c>
+      <c r="G66">
+        <v>98</v>
+      </c>
+      <c r="H66" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I66" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J66">
+        <v>7.369</v>
+      </c>
+      <c r="K66" t="str">
+        <v/>
+      </c>
+      <c r="L66">
+        <v>7862</v>
+      </c>
+      <c r="M66" t="str">
+        <v>tt0813547</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="str">
+        <v>Fantastyczne zwierzęta i jak je znaleźć</v>
+      </c>
+      <c r="B67" t="str">
+        <v>Fantastic Beasts and Where to Find Them</v>
+      </c>
+      <c r="C67">
+        <v>2016</v>
+      </c>
+      <c r="D67" t="str">
+        <v>David Yates</v>
+      </c>
+      <c r="E67" t="str">
+        <v>J.K. Rowling</v>
+      </c>
+      <c r="F67" t="str">
+        <v>Fantasy, Przygodowy</v>
+      </c>
+      <c r="G67">
+        <v>133</v>
+      </c>
+      <c r="H67" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I67" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J67">
+        <v>7.311</v>
+      </c>
+      <c r="K67" t="str">
+        <v/>
+      </c>
+      <c r="L67">
+        <v>259316</v>
+      </c>
+      <c r="M67" t="str">
+        <v>tt3183660</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="str">
+        <v>Fantastyczne zwierzęta: Zbrodnie Grindelwalda</v>
+      </c>
+      <c r="B68" t="str">
+        <v>Fantastic Beasts: The Crimes of Grindelwald</v>
+      </c>
+      <c r="C68">
+        <v>2018</v>
+      </c>
+      <c r="D68" t="str">
+        <v>David Yates</v>
+      </c>
+      <c r="E68" t="str">
+        <v>J.K. Rowling</v>
+      </c>
+      <c r="F68" t="str">
+        <v>Fantasy, Przygodowy</v>
+      </c>
+      <c r="G68">
+        <v>134</v>
+      </c>
+      <c r="H68" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I68" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J68">
+        <v>6.842</v>
+      </c>
+      <c r="K68" t="str">
+        <v/>
+      </c>
+      <c r="L68">
+        <v>338952</v>
+      </c>
+      <c r="M68" t="str">
+        <v>tt4123430</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="str">
+        <v>Fatalne zauroczenie</v>
+      </c>
+      <c r="B69" t="str">
+        <v>Fatal Attraction</v>
+      </c>
+      <c r="C69">
+        <v>1987</v>
+      </c>
+      <c r="D69" t="str">
+        <v>Adrian Lyne</v>
+      </c>
+      <c r="E69" t="str">
+        <v>James Dearden</v>
+      </c>
+      <c r="F69" t="str">
+        <v>Thriller, Dramat, Romans</v>
+      </c>
+      <c r="G69">
+        <v>119</v>
+      </c>
+      <c r="H69" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I69" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J69">
+        <v>6.842</v>
+      </c>
+      <c r="K69" t="str">
+        <v/>
+      </c>
+      <c r="L69">
+        <v>10998</v>
+      </c>
+      <c r="M69" t="str">
+        <v>tt0093010</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="str">
+        <v>Free Guy</v>
+      </c>
+      <c r="B70" t="str">
+        <v/>
+      </c>
+      <c r="C70">
+        <v>2021</v>
+      </c>
+      <c r="D70" t="str">
+        <v>Shawn Levy</v>
+      </c>
+      <c r="E70" t="str">
+        <v>Matt Lieberman, Matt Lieberman, Zak Penn</v>
+      </c>
+      <c r="F70" t="str">
+        <v>Komedia, Przygodowy, Sci-Fi</v>
+      </c>
+      <c r="G70">
+        <v>115</v>
+      </c>
+      <c r="H70" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I70" t="str">
+        <v>Blu-ray</v>
+      </c>
+      <c r="J70">
+        <v>7.463</v>
+      </c>
+      <c r="K70" t="str">
+        <v/>
+      </c>
+      <c r="L70">
+        <v>550988</v>
+      </c>
+      <c r="M70" t="str">
+        <v>tt6264654</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="str">
+        <v>Gdzie jest Dory</v>
+      </c>
+      <c r="B71" t="str">
+        <v>Finding Dory</v>
+      </c>
+      <c r="C71">
+        <v>2016</v>
+      </c>
+      <c r="D71" t="str">
+        <v>Andrew Stanton</v>
+      </c>
+      <c r="E71" t="str">
+        <v>Andrew Stanton, Victoria Strouse, Andrew Stanton</v>
+      </c>
+      <c r="F71" t="str">
+        <v>Przygodowy, Animacja, Komedia, Familijny</v>
+      </c>
+      <c r="G71">
+        <v>97</v>
+      </c>
+      <c r="H71" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I71" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J71">
+        <v>7.039</v>
+      </c>
+      <c r="K71" t="str">
+        <v/>
+      </c>
+      <c r="L71">
+        <v>127380</v>
+      </c>
+      <c r="M71" t="str">
+        <v>tt2277860</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="str">
+        <v>Gdzie jest Nemo</v>
+      </c>
+      <c r="B72" t="str">
+        <v>Finding Nemo</v>
+      </c>
+      <c r="C72">
+        <v>2003</v>
+      </c>
+      <c r="D72" t="str">
+        <v>Andrew Stanton</v>
+      </c>
+      <c r="E72" t="str">
+        <v>David Reynolds, Bob Peterson, Andrew Stanton</v>
+      </c>
+      <c r="F72" t="str">
+        <v>Animacja, Familijny</v>
+      </c>
+      <c r="G72">
+        <v>100</v>
+      </c>
+      <c r="H72" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I72" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J72">
+        <v>7.8</v>
+      </c>
+      <c r="K72" t="str">
+        <v/>
+      </c>
+      <c r="L72">
+        <v>12</v>
+      </c>
+      <c r="M72" t="str">
+        <v>tt0266543</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="str">
+        <v>Ghostland</v>
+      </c>
+      <c r="B73" t="str">
+        <v/>
+      </c>
+      <c r="C73">
+        <v>2018</v>
+      </c>
+      <c r="D73" t="str">
+        <v>Pascal Laugier</v>
+      </c>
+      <c r="E73" t="str">
+        <v>Pascal Laugier</v>
+      </c>
+      <c r="F73" t="str">
+        <v>Horror, Tajemnica, Thriller</v>
+      </c>
+      <c r="G73">
+        <v>91</v>
+      </c>
+      <c r="H73" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I73" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J73">
+        <v>7.39</v>
+      </c>
+      <c r="K73" t="str">
+        <v/>
+      </c>
+      <c r="L73">
+        <v>476299</v>
+      </c>
+      <c r="M73" t="str">
+        <v>tt6195094</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="str">
+        <v>Gorzkie gody</v>
+      </c>
+      <c r="B74" t="str">
+        <v>Bitter Moon</v>
+      </c>
+      <c r="C74">
+        <v>1992</v>
+      </c>
+      <c r="D74" t="str">
+        <v>Roman Polański</v>
+      </c>
+      <c r="E74" t="str">
+        <v>Roman Polański, Gérard Brach, John Brownjohn</v>
+      </c>
+      <c r="F74" t="str">
+        <v>Thriller, Dramat, Romans</v>
+      </c>
+      <c r="G74">
+        <v>140</v>
+      </c>
+      <c r="H74" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I74" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J74">
+        <v>7.102</v>
+      </c>
+      <c r="K74" t="str">
+        <v/>
+      </c>
+      <c r="L74">
+        <v>10497</v>
+      </c>
+      <c r="M74" t="str">
+        <v>tt0104779</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="str">
+        <v>Gosford Park</v>
+      </c>
+      <c r="B75" t="str">
+        <v/>
+      </c>
+      <c r="C75">
+        <v>2001</v>
+      </c>
+      <c r="D75" t="str">
+        <v>Robert Altman</v>
+      </c>
+      <c r="E75" t="str">
+        <v>Julian Fellowes</v>
+      </c>
+      <c r="F75" t="str">
+        <v>Dramat, Tajemnica, Thriller</v>
+      </c>
+      <c r="G75">
+        <v>137</v>
+      </c>
+      <c r="H75" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I75" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J75">
+        <v>6.821</v>
+      </c>
+      <c r="K75" t="str">
+        <v/>
+      </c>
+      <c r="L75">
+        <v>5279</v>
+      </c>
+      <c r="M75" t="str">
+        <v>tt0280707</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="str">
+        <v>Greenland</v>
+      </c>
+      <c r="B76" t="str">
+        <v/>
+      </c>
+      <c r="C76">
+        <v>2020</v>
+      </c>
+      <c r="D76" t="str">
+        <v>Ric Roman Waugh</v>
+      </c>
+      <c r="E76" t="str">
+        <v>Chris Sparling</v>
+      </c>
+      <c r="F76" t="str">
+        <v>Akcja, Przygodowy, Thriller, Sci-Fi</v>
+      </c>
+      <c r="G76">
+        <v>120</v>
+      </c>
+      <c r="H76" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I76" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J76">
+        <v>7.123</v>
+      </c>
+      <c r="K76" t="str">
+        <v/>
+      </c>
+      <c r="L76">
+        <v>524047</v>
+      </c>
+      <c r="M76" t="str">
+        <v>tt7737786</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="str">
+        <v>Grinch</v>
+      </c>
+      <c r="B77" t="str">
+        <v>The Grinch</v>
+      </c>
+      <c r="C77">
+        <v>2018</v>
+      </c>
+      <c r="D77" t="str">
+        <v>Yarrow Cheney, Scott Mosier</v>
+      </c>
+      <c r="E77" t="str">
+        <v>Michael LeSieur, Tommy Swerdlow</v>
+      </c>
+      <c r="F77" t="str">
+        <v>Familijny, Komedia, Animacja</v>
+      </c>
+      <c r="G77">
+        <v>90</v>
+      </c>
+      <c r="H77" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I77" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J77">
+        <v>6.873</v>
+      </c>
+      <c r="K77" t="str">
+        <v/>
+      </c>
+      <c r="L77">
+        <v>360920</v>
+      </c>
+      <c r="M77" t="str">
+        <v>tt2709692</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="str">
+        <v>Grzeczni chłopcy</v>
+      </c>
+      <c r="B78" t="str">
+        <v>Good Boys</v>
+      </c>
+      <c r="C78">
+        <v>2019</v>
+      </c>
+      <c r="D78" t="str">
+        <v>Gene Stupnitsky</v>
+      </c>
+      <c r="E78" t="str">
+        <v>Gene Stupnitsky, Lee Eisenberg</v>
+      </c>
+      <c r="F78" t="str">
+        <v>Komedia</v>
+      </c>
+      <c r="G78">
+        <v>89</v>
+      </c>
+      <c r="H78" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I78" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J78">
+        <v>6.847</v>
+      </c>
+      <c r="K78" t="str">
+        <v/>
+      </c>
+      <c r="L78">
+        <v>521777</v>
+      </c>
+      <c r="M78" t="str">
+        <v>tt6977338</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="str">
+        <v>Harry Potter - Mistrzostwa świata w quidditchu [PC]</v>
+      </c>
+      <c r="B79" t="str">
+        <v/>
+      </c>
+      <c r="C79" t="str">
+        <v/>
+      </c>
+      <c r="D79" t="str">
+        <v/>
+      </c>
+      <c r="E79" t="str">
+        <v/>
+      </c>
+      <c r="F79" t="str">
+        <v/>
+      </c>
+      <c r="G79" t="str">
+        <v/>
+      </c>
+      <c r="H79" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I79" t="str">
+        <v/>
+      </c>
+      <c r="J79" t="str">
+        <v/>
+      </c>
+      <c r="K79" t="str">
+        <v/>
+      </c>
+      <c r="L79" t="str">
+        <v/>
+      </c>
+      <c r="M79" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="str">
+        <v>Harry Potter i Czara Ognia</v>
+      </c>
+      <c r="B80" t="str">
+        <v>Harry Potter and the Goblet of Fire</v>
+      </c>
+      <c r="C80">
+        <v>2005</v>
+      </c>
+      <c r="D80" t="str">
+        <v>Mike Newell</v>
+      </c>
+      <c r="E80" t="str">
+        <v>Steve Kloves</v>
+      </c>
+      <c r="F80" t="str">
+        <v>Przygodowy, Fantasy</v>
+      </c>
+      <c r="G80">
+        <v>157</v>
+      </c>
+      <c r="H80" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I80" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J80" t="str">
+        <v/>
+      </c>
+      <c r="K80" t="str">
+        <v/>
+      </c>
+      <c r="L80">
+        <v>674</v>
+      </c>
+      <c r="M80" t="str">
+        <v>tt0330373</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="str">
+        <v>Harry Potter i Insygnia Śmierci: Część I</v>
+      </c>
+      <c r="B81" t="str">
+        <v>Harry Potter and the Deathly Hallows: Part 1</v>
+      </c>
+      <c r="C81">
+        <v>2010</v>
+      </c>
+      <c r="D81" t="str">
+        <v>David Yates</v>
+      </c>
+      <c r="E81" t="str">
+        <v>Steve Kloves</v>
+      </c>
+      <c r="F81" t="str">
+        <v>Przygodowy, Fantasy</v>
+      </c>
+      <c r="G81">
+        <v>146</v>
+      </c>
+      <c r="H81" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I81" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J81">
+        <v>7.738</v>
+      </c>
+      <c r="K81" t="str">
+        <v/>
+      </c>
+      <c r="L81">
+        <v>12444</v>
+      </c>
+      <c r="M81" t="str">
+        <v>tt0926084</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="str">
+        <v>Harry Potter i Insygnia Śmierci: Część II</v>
+      </c>
+      <c r="B82" t="str">
+        <v>Harry Potter and the Deathly Hallows: Part 2</v>
+      </c>
+      <c r="C82">
+        <v>2011</v>
+      </c>
+      <c r="D82" t="str">
+        <v>David Yates</v>
+      </c>
+      <c r="E82" t="str">
+        <v>Steve Kloves</v>
+      </c>
+      <c r="F82" t="str">
+        <v>Przygodowy, Fantasy</v>
+      </c>
+      <c r="G82">
+        <v>130</v>
+      </c>
+      <c r="H82" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I82" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J82">
+        <v>8.1</v>
+      </c>
+      <c r="K82" t="str">
+        <v/>
+      </c>
+      <c r="L82">
+        <v>12445</v>
+      </c>
+      <c r="M82" t="str">
+        <v>tt1201607</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="str">
+        <v>Harry Potter i Kamień Filozoficzny</v>
+      </c>
+      <c r="B83" t="str">
+        <v>Harry Potter and the Philosopher&amp;#x27;s Stone</v>
+      </c>
+      <c r="C83">
+        <v>2001</v>
+      </c>
+      <c r="D83" t="str">
+        <v>Chris Columbus</v>
+      </c>
+      <c r="E83" t="str">
+        <v>Steve Kloves</v>
+      </c>
+      <c r="F83" t="str">
+        <v>Przygodowy, Fantasy</v>
+      </c>
+      <c r="G83">
+        <v>153</v>
+      </c>
+      <c r="H83" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I83" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J83">
+        <v>7.9</v>
+      </c>
+      <c r="K83" t="str">
+        <v/>
+      </c>
+      <c r="L83">
+        <v>671</v>
+      </c>
+      <c r="M83" t="str">
+        <v>tt0241527</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="str">
+        <v>Harry Potter i Komnata Tajemnic</v>
+      </c>
+      <c r="B84" t="str">
+        <v>Harry Potter and the Chamber of Secrets</v>
+      </c>
+      <c r="C84">
+        <v>2002</v>
+      </c>
+      <c r="D84" t="str">
+        <v>Chris Columbus</v>
+      </c>
+      <c r="E84" t="str">
+        <v>Steve Kloves</v>
+      </c>
+      <c r="F84" t="str">
+        <v>Przygodowy, Fantasy</v>
+      </c>
+      <c r="G84">
+        <v>161</v>
+      </c>
+      <c r="H84" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I84" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J84">
+        <v>7.705</v>
+      </c>
+      <c r="K84" t="str">
+        <v/>
+      </c>
+      <c r="L84">
+        <v>672</v>
+      </c>
+      <c r="M84" t="str">
+        <v>tt0295297</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="str">
+        <v>Harry Potter i komnata tajemnic [PC]</v>
+      </c>
+      <c r="B85" t="str">
+        <v/>
+      </c>
+      <c r="C85" t="str">
+        <v/>
+      </c>
+      <c r="D85" t="str">
+        <v/>
+      </c>
+      <c r="E85" t="str">
+        <v/>
+      </c>
+      <c r="F85" t="str">
+        <v/>
+      </c>
+      <c r="G85" t="str">
+        <v/>
+      </c>
+      <c r="H85" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I85" t="str">
+        <v/>
+      </c>
+      <c r="J85" t="str">
+        <v/>
+      </c>
+      <c r="K85" t="str">
+        <v/>
+      </c>
+      <c r="L85" t="str">
+        <v/>
+      </c>
+      <c r="M85" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="str">
+        <v>Harry Potter i Książę Półkrwi</v>
+      </c>
+      <c r="B86" t="str">
+        <v>Harry Potter and the Half-Blood Prince</v>
+      </c>
+      <c r="C86">
+        <v>2009</v>
+      </c>
+      <c r="D86" t="str">
+        <v>David Yates</v>
+      </c>
+      <c r="E86" t="str">
+        <v>Steve Kloves</v>
+      </c>
+      <c r="F86" t="str">
+        <v>Przygodowy, Fantasy</v>
+      </c>
+      <c r="G86">
+        <v>153</v>
+      </c>
+      <c r="H86" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I86" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J86">
+        <v>7.7</v>
+      </c>
+      <c r="K86" t="str">
+        <v/>
+      </c>
+      <c r="L86">
+        <v>767</v>
+      </c>
+      <c r="M86" t="str">
+        <v>tt0417741</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="str">
+        <v>Harry Potter i więzień Azkabanu</v>
+      </c>
+      <c r="B87" t="str">
+        <v>Harry Potter and the Prisoner of Azkaban</v>
+      </c>
+      <c r="C87">
+        <v>2004</v>
+      </c>
+      <c r="D87" t="str">
+        <v>Alfonso Cuarón</v>
+      </c>
+      <c r="E87" t="str">
+        <v>Steve Kloves</v>
+      </c>
+      <c r="F87" t="str">
+        <v>Przygodowy, Fantasy</v>
+      </c>
+      <c r="G87">
+        <v>141</v>
+      </c>
+      <c r="H87" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I87" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J87">
+        <v>8</v>
+      </c>
+      <c r="K87" t="str">
+        <v/>
+      </c>
+      <c r="L87">
+        <v>673</v>
+      </c>
+      <c r="M87" t="str">
+        <v>tt0304141</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="str">
+        <v>Harry Potter i Zakon Feniksa</v>
+      </c>
+      <c r="B88" t="str">
+        <v>Harry Potter and the Order of the Phoenix</v>
+      </c>
+      <c r="C88">
+        <v>2007</v>
+      </c>
+      <c r="D88" t="str">
+        <v>David Yates</v>
+      </c>
+      <c r="E88" t="str">
+        <v>Michael Goldenberg</v>
+      </c>
+      <c r="F88" t="str">
+        <v>Przygodowy, Fantasy</v>
+      </c>
+      <c r="G88">
+        <v>138</v>
+      </c>
+      <c r="H88" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I88" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J88">
+        <v>7.7</v>
+      </c>
+      <c r="K88" t="str">
+        <v/>
+      </c>
+      <c r="L88">
+        <v>675</v>
+      </c>
+      <c r="M88" t="str">
+        <v>tt0373889</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="str">
+        <v>Herkules</v>
+      </c>
+      <c r="B89" t="str">
+        <v>Hercules</v>
+      </c>
+      <c r="C89">
+        <v>1997</v>
+      </c>
+      <c r="D89" t="str">
+        <v>Ron Clements, John Musker</v>
+      </c>
+      <c r="E89" t="str">
+        <v>Bob Shaw, Ron Clements, John Musker</v>
+      </c>
+      <c r="F89" t="str">
+        <v>Animacja, Familijny, Fantasy, Przygodowy, Komedia, Romans</v>
+      </c>
+      <c r="G89">
+        <v>93</v>
+      </c>
+      <c r="H89" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I89" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J89">
+        <v>7.496</v>
+      </c>
+      <c r="K89" t="str">
+        <v/>
+      </c>
+      <c r="L89">
+        <v>11970</v>
+      </c>
+      <c r="M89" t="str">
+        <v>tt0119282</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="str">
+        <v>Holiday</v>
+      </c>
+      <c r="B90" t="str">
+        <v>The Holiday</v>
+      </c>
+      <c r="C90">
+        <v>2006</v>
+      </c>
+      <c r="D90" t="str">
+        <v>Nancy Meyers</v>
+      </c>
+      <c r="E90" t="str">
+        <v>Nancy Meyers</v>
+      </c>
+      <c r="F90" t="str">
+        <v>Komedia, Romans</v>
+      </c>
+      <c r="G90">
+        <v>138</v>
+      </c>
+      <c r="H90" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I90" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J90">
+        <v>7.098</v>
+      </c>
+      <c r="K90" t="str">
+        <v/>
+      </c>
+      <c r="L90">
+        <v>1581</v>
+      </c>
+      <c r="M90" t="str">
+        <v>tt0457939</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="str">
+        <v>Hotel Transylwania</v>
+      </c>
+      <c r="B91" t="str">
+        <v>Hotel Transylvania</v>
+      </c>
+      <c r="C91">
+        <v>2012</v>
+      </c>
+      <c r="D91" t="str">
+        <v>Genndy Tartakovsky</v>
+      </c>
+      <c r="E91" t="str">
+        <v>Dan Hageman, Todd Durham, Kevin Hageman</v>
+      </c>
+      <c r="F91" t="str">
+        <v>Animacja, Komedia, Familijny, Fantasy</v>
+      </c>
+      <c r="G91">
+        <v>91</v>
+      </c>
+      <c r="H91" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I91" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J91">
+        <v>6.963</v>
+      </c>
+      <c r="K91" t="str">
+        <v/>
+      </c>
+      <c r="L91">
+        <v>76492</v>
+      </c>
+      <c r="M91" t="str">
+        <v>tt0837562</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="str">
+        <v>Hotel Transylwania 2</v>
+      </c>
+      <c r="B92" t="str">
+        <v>Hotel Transylvania 2</v>
+      </c>
+      <c r="C92">
+        <v>2015</v>
+      </c>
+      <c r="D92" t="str">
+        <v>Genndy Tartakovsky</v>
+      </c>
+      <c r="E92" t="str">
+        <v>Robert Smigel, Adam Sandler</v>
+      </c>
+      <c r="F92" t="str">
+        <v>Animacja, Komedia, Familijny, Fantasy</v>
+      </c>
+      <c r="G92">
+        <v>89</v>
+      </c>
+      <c r="H92" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I92" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J92">
+        <v>6.768</v>
+      </c>
+      <c r="K92" t="str">
+        <v/>
+      </c>
+      <c r="L92">
+        <v>159824</v>
+      </c>
+      <c r="M92" t="str">
+        <v>tt2510894</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="str">
+        <v>Hotel Transylwania 3</v>
+      </c>
+      <c r="B93" t="str">
+        <v>Hotel Transylvania 3: Summer Vacation</v>
+      </c>
+      <c r="C93">
+        <v>2018</v>
+      </c>
+      <c r="D93" t="str">
+        <v>Genndy Tartakovsky</v>
+      </c>
+      <c r="E93" t="str">
+        <v>Genndy Tartakovsky, Michael McCullers</v>
+      </c>
+      <c r="F93" t="str">
+        <v>Animacja, Komedia, Familijny, Fantasy</v>
+      </c>
+      <c r="G93">
+        <v>95</v>
+      </c>
+      <c r="H93" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I93" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J93">
+        <v>6.855</v>
+      </c>
+      <c r="K93" t="str">
+        <v/>
+      </c>
+      <c r="L93">
+        <v>400155</v>
+      </c>
+      <c r="M93" t="str">
+        <v>tt5220122</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="str">
+        <v>Hugo tropikalna wyspa [PC]</v>
+      </c>
+      <c r="B94" t="str">
+        <v/>
+      </c>
+      <c r="C94" t="str">
+        <v/>
+      </c>
+      <c r="D94" t="str">
+        <v/>
+      </c>
+      <c r="E94" t="str">
+        <v/>
+      </c>
+      <c r="F94" t="str">
+        <v/>
+      </c>
+      <c r="G94" t="str">
+        <v/>
+      </c>
+      <c r="H94" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I94" t="str">
+        <v/>
+      </c>
+      <c r="J94" t="str">
+        <v/>
+      </c>
+      <c r="K94" t="str">
+        <v/>
+      </c>
+      <c r="L94" t="str">
+        <v/>
+      </c>
+      <c r="M94" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="str">
+        <v>Hugo tropikalna wyspa 2 [PC]</v>
+      </c>
+      <c r="B95" t="str">
+        <v/>
+      </c>
+      <c r="C95" t="str">
+        <v/>
+      </c>
+      <c r="D95" t="str">
+        <v/>
+      </c>
+      <c r="E95" t="str">
+        <v/>
+      </c>
+      <c r="F95" t="str">
+        <v/>
+      </c>
+      <c r="G95" t="str">
+        <v/>
+      </c>
+      <c r="H95" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I95" t="str">
+        <v/>
+      </c>
+      <c r="J95" t="str">
+        <v/>
+      </c>
+      <c r="K95" t="str">
+        <v/>
+      </c>
+      <c r="L95" t="str">
+        <v/>
+      </c>
+      <c r="M95" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="str">
+        <v>Hugo tropikalna wyspa 3 [PC]</v>
+      </c>
+      <c r="B96" t="str">
+        <v/>
+      </c>
+      <c r="C96" t="str">
+        <v/>
+      </c>
+      <c r="D96" t="str">
+        <v/>
+      </c>
+      <c r="E96" t="str">
+        <v/>
+      </c>
+      <c r="F96" t="str">
+        <v/>
+      </c>
+      <c r="G96" t="str">
+        <v/>
+      </c>
+      <c r="H96" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I96" t="str">
+        <v/>
+      </c>
+      <c r="J96" t="str">
+        <v/>
+      </c>
+      <c r="K96" t="str">
+        <v/>
+      </c>
+      <c r="L96" t="str">
+        <v/>
+      </c>
+      <c r="M96" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="str">
+        <v>I tak cię kocham</v>
+      </c>
+      <c r="B97" t="str">
+        <v>The Big Sick</v>
+      </c>
+      <c r="C97">
+        <v>2017</v>
+      </c>
+      <c r="D97" t="str">
+        <v>Michael Showalter</v>
+      </c>
+      <c r="E97" t="str">
+        <v>Kumail Nanjiani, Emily V. Gordon</v>
+      </c>
+      <c r="F97" t="str">
+        <v>Komedia, Dramat, Romans</v>
+      </c>
+      <c r="G97">
+        <v>120</v>
+      </c>
+      <c r="H97" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I97" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J97">
+        <v>7.336</v>
+      </c>
+      <c r="K97" t="str">
+        <v/>
+      </c>
+      <c r="L97">
+        <v>416477</v>
+      </c>
+      <c r="M97" t="str">
+        <v>tt5462602</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="str">
+        <v>Iluzjonista</v>
+      </c>
+      <c r="B98" t="str">
+        <v>The Illusionist</v>
+      </c>
+      <c r="C98">
+        <v>2006</v>
+      </c>
+      <c r="D98" t="str">
+        <v>Neil Burger</v>
+      </c>
+      <c r="E98" t="str">
+        <v>Neil Burger</v>
+      </c>
+      <c r="F98" t="str">
+        <v>Fantasy, Dramat, Thriller, Romans</v>
+      </c>
+      <c r="G98">
+        <v>110</v>
+      </c>
+      <c r="H98" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I98" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J98">
+        <v>7.294</v>
+      </c>
+      <c r="K98" t="str">
+        <v/>
+      </c>
+      <c r="L98">
+        <v>1491</v>
+      </c>
+      <c r="M98" t="str">
+        <v>tt0443543</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="str">
+        <v>Imperium Wilków</v>
+      </c>
+      <c r="B99" t="str">
+        <v>Empire of the Wolves</v>
+      </c>
+      <c r="C99">
+        <v>2005</v>
+      </c>
+      <c r="D99" t="str">
+        <v>Chris Nahon</v>
+      </c>
+      <c r="E99" t="str">
+        <v>Christian Clavier, Franck Ollivier, Chris Nahon</v>
+      </c>
+      <c r="F99" t="str">
+        <v>Akcja</v>
+      </c>
+      <c r="G99">
+        <v>128</v>
+      </c>
+      <c r="H99" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I99" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J99">
+        <v>5.722</v>
+      </c>
+      <c r="K99" t="str">
+        <v/>
+      </c>
+      <c r="L99">
+        <v>10799</v>
+      </c>
+      <c r="M99" t="str">
+        <v>tt0402158</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="str">
+        <v>Incubus</v>
+      </c>
+      <c r="B100" t="str">
+        <v/>
+      </c>
+      <c r="C100">
+        <v>2006</v>
+      </c>
+      <c r="D100" t="str">
+        <v>Anya Camilleri</v>
+      </c>
+      <c r="E100" t="str">
+        <v>Gary Humphreys</v>
+      </c>
+      <c r="F100" t="str">
+        <v>Horror, Sci-Fi, Thriller</v>
+      </c>
+      <c r="G100">
+        <v>84</v>
+      </c>
+      <c r="H100" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I100" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J100">
+        <v>3.415</v>
+      </c>
+      <c r="K100" t="str">
+        <v/>
+      </c>
+      <c r="L100">
+        <v>68116</v>
+      </c>
+      <c r="M100" t="str">
+        <v>tt0462359</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="str">
+        <v>Inni</v>
+      </c>
+      <c r="B101" t="str">
+        <v>The Others</v>
+      </c>
+      <c r="C101">
+        <v>2001</v>
+      </c>
+      <c r="D101" t="str">
+        <v>Alejandro Amenábar</v>
+      </c>
+      <c r="E101" t="str">
+        <v>Alejandro Amenábar</v>
+      </c>
+      <c r="F101" t="str">
+        <v>Horror, Tajemnica, Thriller</v>
+      </c>
+      <c r="G101">
+        <v>101</v>
+      </c>
+      <c r="H101" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I101" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J101">
+        <v>7.615</v>
+      </c>
+      <c r="K101" t="str">
+        <v/>
+      </c>
+      <c r="L101">
+        <v>1933</v>
+      </c>
+      <c r="M101" t="str">
+        <v>tt0230600</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="str">
+        <v>Interstellar</v>
+      </c>
+      <c r="B102" t="str">
+        <v/>
+      </c>
+      <c r="C102">
+        <v>2014</v>
+      </c>
+      <c r="D102" t="str">
+        <v>Christopher Nolan</v>
+      </c>
+      <c r="E102" t="str">
+        <v>Jonathan Nolan, Christopher Nolan</v>
+      </c>
+      <c r="F102" t="str">
+        <v>Przygodowy, Dramat, Sci-Fi</v>
+      </c>
+      <c r="G102">
+        <v>169</v>
+      </c>
+      <c r="H102" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I102" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J102">
+        <v>8.464</v>
+      </c>
+      <c r="K102" t="str">
+        <v/>
+      </c>
+      <c r="L102">
+        <v>157336</v>
+      </c>
+      <c r="M102" t="str">
+        <v>tt0816692</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="str">
+        <v>Jak stracić chłopaka w 10 dni</v>
+      </c>
+      <c r="B103" t="str">
+        <v>How to Lose a Guy in 10 Days</v>
+      </c>
+      <c r="C103">
+        <v>2003</v>
+      </c>
+      <c r="D103" t="str">
+        <v>Donald Petrie</v>
+      </c>
+      <c r="E103" t="str">
+        <v>Brian Regan, Kristen Buckley, Burr Steers</v>
+      </c>
+      <c r="F103" t="str">
+        <v>Komedia, Romans</v>
+      </c>
+      <c r="G103">
+        <v>116</v>
+      </c>
+      <c r="H103" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I103" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J103">
+        <v>6.853</v>
+      </c>
+      <c r="K103" t="str">
+        <v/>
+      </c>
+      <c r="L103">
+        <v>9919</v>
+      </c>
+      <c r="M103" t="str">
+        <v>tt0251127</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="str">
+        <v>Jak w niebie</v>
+      </c>
+      <c r="B104" t="str">
+        <v>Just Like Heaven</v>
+      </c>
+      <c r="C104">
+        <v>2005</v>
+      </c>
+      <c r="D104" t="str">
+        <v>Mark Waters</v>
+      </c>
+      <c r="E104" t="str">
+        <v>Peter Tolan, Leslie Dixon</v>
+      </c>
+      <c r="F104" t="str">
+        <v>Dramat, Komedia, Romans, Fantasy</v>
+      </c>
+      <c r="G104">
+        <v>95</v>
+      </c>
+      <c r="H104" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I104" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J104">
+        <v>7</v>
+      </c>
+      <c r="K104" t="str">
+        <v/>
+      </c>
+      <c r="L104">
+        <v>9007</v>
+      </c>
+      <c r="M104" t="str">
+        <v>tt0425123</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="str">
+        <v>Jak wytresować smoka</v>
+      </c>
+      <c r="B105" t="str">
+        <v>How to Train Your Dragon</v>
+      </c>
+      <c r="C105">
+        <v>2010</v>
+      </c>
+      <c r="D105" t="str">
+        <v>Chris Sanders, Dean DeBlois</v>
+      </c>
+      <c r="E105" t="str">
+        <v>Dean DeBlois, Chris Sanders, William Davies</v>
+      </c>
+      <c r="F105" t="str">
+        <v>Fantasy, Przygodowy, Animacja, Familijny</v>
+      </c>
+      <c r="G105">
+        <v>98</v>
+      </c>
+      <c r="H105" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I105" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J105">
+        <v>7.855</v>
+      </c>
+      <c r="K105" t="str">
+        <v/>
+      </c>
+      <c r="L105">
+        <v>10191</v>
+      </c>
+      <c r="M105" t="str">
+        <v>tt0892769</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="str">
+        <v>Jak wytresować smoka 2</v>
+      </c>
+      <c r="B106" t="str">
+        <v>How to Train Your Dragon 2</v>
+      </c>
+      <c r="C106">
+        <v>2014</v>
+      </c>
+      <c r="D106" t="str">
+        <v>Dean DeBlois</v>
+      </c>
+      <c r="E106" t="str">
+        <v>Dean DeBlois</v>
+      </c>
+      <c r="F106" t="str">
+        <v>Fantasy, Akcja, Przygodowy, Animacja, Komedia, Familijny</v>
+      </c>
+      <c r="G106">
+        <v>102</v>
+      </c>
+      <c r="H106" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I106" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J106">
+        <v>7.678</v>
+      </c>
+      <c r="K106" t="str">
+        <v/>
+      </c>
+      <c r="L106">
+        <v>82702</v>
+      </c>
+      <c r="M106" t="str">
+        <v>tt1646971</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="str">
+        <v>Jak wytresować smoka 3</v>
+      </c>
+      <c r="B107" t="str">
+        <v>How to Train Your Dragon: The Hidden World</v>
+      </c>
+      <c r="C107">
+        <v>2019</v>
+      </c>
+      <c r="D107" t="str">
+        <v>Dean DeBlois</v>
+      </c>
+      <c r="E107" t="str">
+        <v>Dean DeBlois</v>
+      </c>
+      <c r="F107" t="str">
+        <v>Animacja, Familijny, Przygodowy</v>
+      </c>
+      <c r="G107">
+        <v>104</v>
+      </c>
+      <c r="H107" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I107" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J107">
+        <v>7.748</v>
+      </c>
+      <c r="K107" t="str">
+        <v/>
+      </c>
+      <c r="L107">
+        <v>166428</v>
+      </c>
+      <c r="M107" t="str">
+        <v>tt2386490</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="str">
+        <v>Jestem Bogiem</v>
+      </c>
+      <c r="B108" t="str">
+        <v>Limitless</v>
+      </c>
+      <c r="C108">
+        <v>2011</v>
+      </c>
+      <c r="D108" t="str">
+        <v>Neil Burger</v>
+      </c>
+      <c r="E108" t="str">
+        <v>Leslie Dixon</v>
+      </c>
+      <c r="F108" t="str">
+        <v>Thriller, Tajemnica, Sci-Fi</v>
+      </c>
+      <c r="G108">
+        <v>105</v>
+      </c>
+      <c r="H108" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I108" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J108">
+        <v>7.191</v>
+      </c>
+      <c r="K108" t="str">
+        <v/>
+      </c>
+      <c r="L108">
+        <v>51876</v>
+      </c>
+      <c r="M108" t="str">
+        <v>tt1219289</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="str">
+        <v>Jestem taka piękna!</v>
+      </c>
+      <c r="B109" t="str">
+        <v>I Feel Pretty</v>
+      </c>
+      <c r="C109">
+        <v>2018</v>
+      </c>
+      <c r="D109" t="str">
+        <v>Abby Kohn, Marc Silverstein</v>
+      </c>
+      <c r="E109" t="str">
+        <v>Abby Kohn, Marc Silverstein</v>
+      </c>
+      <c r="F109" t="str">
+        <v>Komedia, Romans</v>
+      </c>
+      <c r="G109">
+        <v>110</v>
+      </c>
+      <c r="H109" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I109" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J109">
+        <v>6.381</v>
+      </c>
+      <c r="K109" t="str">
+        <v/>
+      </c>
+      <c r="L109">
+        <v>460668</v>
+      </c>
+      <c r="M109" t="str">
+        <v>tt6791096</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="str">
+        <v>Jeszcze dalej niż północ</v>
+      </c>
+      <c r="B110" t="str">
+        <v>Welcome to the Sticks</v>
+      </c>
+      <c r="C110">
+        <v>2008</v>
+      </c>
+      <c r="D110" t="str">
+        <v>Dany Boon</v>
+      </c>
+      <c r="E110" t="str">
+        <v>Dany Boon, Alexandre Charlot, Franck Magnier</v>
+      </c>
+      <c r="F110" t="str">
+        <v>Komedia, Dramat, Romans</v>
+      </c>
+      <c r="G110">
+        <v>106</v>
+      </c>
+      <c r="H110" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I110" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J110">
+        <v>6.697</v>
+      </c>
+      <c r="K110" t="str">
+        <v/>
+      </c>
+      <c r="L110">
+        <v>8265</v>
+      </c>
+      <c r="M110" t="str">
+        <v>tt1064932</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="str">
+        <v>Joker</v>
+      </c>
+      <c r="B111" t="str">
+        <v/>
+      </c>
+      <c r="C111">
+        <v>2019</v>
+      </c>
+      <c r="D111" t="str">
+        <v>Todd Phillips</v>
+      </c>
+      <c r="E111" t="str">
+        <v>Todd Phillips, Scott Silver</v>
+      </c>
+      <c r="F111" t="str">
+        <v>Kryminał, Thriller, Dramat</v>
+      </c>
+      <c r="G111">
+        <v>122</v>
+      </c>
+      <c r="H111" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I111" t="str">
+        <v>DVD + Blu-ray</v>
+      </c>
+      <c r="J111" t="str">
+        <v/>
+      </c>
+      <c r="K111" t="str">
+        <v/>
+      </c>
+      <c r="L111">
+        <v>475557</v>
+      </c>
+      <c r="M111" t="str">
+        <v>tt7286456</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="str">
+        <v>Julia wraca do domu</v>
+      </c>
+      <c r="B112" t="str">
+        <v>Julie Walking Home</v>
+      </c>
+      <c r="C112">
+        <v>2002</v>
+      </c>
+      <c r="D112" t="str">
+        <v>Agnieszka Holland</v>
+      </c>
+      <c r="E112" t="str">
+        <v>Agnieszka Holland, Arlene Sarner, Roman Gren</v>
+      </c>
+      <c r="F112" t="str">
+        <v>Dramat, Romans</v>
+      </c>
+      <c r="G112">
+        <v>113</v>
+      </c>
+      <c r="H112" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I112" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J112">
+        <v>5.5</v>
+      </c>
+      <c r="K112" t="str">
+        <v/>
+      </c>
+      <c r="L112">
+        <v>64523</v>
+      </c>
+      <c r="M112" t="str">
+        <v>tt0246719</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="str">
+        <v>Jurassic World</v>
+      </c>
+      <c r="B113" t="str">
+        <v/>
+      </c>
+      <c r="C113">
+        <v>2015</v>
+      </c>
+      <c r="D113" t="str">
+        <v>Colin Trevorrow</v>
+      </c>
+      <c r="E113" t="str">
+        <v>Rick Jaffa, Amanda Silver, Amanda Silver</v>
+      </c>
+      <c r="F113" t="str">
+        <v>Akcja, Przygodowy, Sci-Fi, Thriller</v>
+      </c>
+      <c r="G113">
+        <v>124</v>
+      </c>
+      <c r="H113" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I113" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J113">
+        <v>6.699</v>
+      </c>
+      <c r="K113" t="str">
+        <v/>
+      </c>
+      <c r="L113">
+        <v>135397</v>
+      </c>
+      <c r="M113" t="str">
+        <v>tt0369610</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="str">
+        <v>K-PAX</v>
+      </c>
+      <c r="B114" t="str">
+        <v/>
+      </c>
+      <c r="C114">
+        <v>2001</v>
+      </c>
+      <c r="D114" t="str">
+        <v>Iain Softley</v>
+      </c>
+      <c r="E114" t="str">
+        <v>Charles Leavitt</v>
+      </c>
+      <c r="F114" t="str">
+        <v>Sci-Fi, Dramat, Tajemnica</v>
+      </c>
+      <c r="G114">
+        <v>120</v>
+      </c>
+      <c r="H114" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I114" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J114">
+        <v>7.201</v>
+      </c>
+      <c r="K114" t="str">
+        <v/>
+      </c>
+      <c r="L114">
+        <v>167</v>
+      </c>
+      <c r="M114" t="str">
+        <v>tt0272152</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="str">
+        <v>Kaskader</v>
+      </c>
+      <c r="B115" t="str">
+        <v>The Fall Guy</v>
+      </c>
+      <c r="C115">
+        <v>2024</v>
+      </c>
+      <c r="D115" t="str">
+        <v>David Leitch</v>
+      </c>
+      <c r="E115" t="str">
+        <v>Drew Pearce</v>
+      </c>
+      <c r="F115" t="str">
+        <v>Akcja, Komedia, Romans</v>
+      </c>
+      <c r="G115">
+        <v>127</v>
+      </c>
+      <c r="H115" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I115" t="str">
+        <v>Blu-ray</v>
+      </c>
+      <c r="J115">
+        <v>6.969</v>
+      </c>
+      <c r="K115" t="str">
+        <v/>
+      </c>
+      <c r="L115">
+        <v>746036</v>
+      </c>
+      <c r="M115" t="str">
+        <v>tt1684562</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="str">
+        <v>Kate i Leopold</v>
+      </c>
+      <c r="B116" t="str">
+        <v>Kate &amp;amp; Leopold</v>
+      </c>
+      <c r="C116">
+        <v>2001</v>
+      </c>
+      <c r="D116" t="str">
+        <v>James Mangold</v>
+      </c>
+      <c r="E116" t="str">
+        <v>Steven Rogers, James Mangold, Steven Rogers</v>
+      </c>
+      <c r="F116" t="str">
+        <v>Romans, Komedia, Fantasy</v>
+      </c>
+      <c r="G116">
+        <v>118</v>
+      </c>
+      <c r="H116" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I116" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J116">
+        <v>6.337</v>
+      </c>
+      <c r="K116" t="str">
+        <v/>
+      </c>
+      <c r="L116">
+        <v>11232</v>
+      </c>
+      <c r="M116" t="str">
+        <v>tt0035423</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="str">
+        <v>Kevin sam w domu</v>
+      </c>
+      <c r="B117" t="str">
+        <v>Home Alone</v>
+      </c>
+      <c r="C117">
+        <v>1990</v>
+      </c>
+      <c r="D117" t="str">
+        <v>Chris Columbus</v>
+      </c>
+      <c r="E117" t="str">
+        <v>John Hughes</v>
+      </c>
+      <c r="F117" t="str">
+        <v>Komedia, Familijny</v>
+      </c>
+      <c r="G117">
+        <v>103</v>
+      </c>
+      <c r="H117" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I117" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J117">
+        <v>7.5</v>
+      </c>
+      <c r="K117" t="str">
+        <v/>
+      </c>
+      <c r="L117">
+        <v>771</v>
+      </c>
+      <c r="M117" t="str">
+        <v>tt0099785</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="str">
+        <v>Kevin sam w Nowym Jorku</v>
+      </c>
+      <c r="B118" t="str">
+        <v>Home Alone 2: Lost in New York</v>
+      </c>
+      <c r="C118">
+        <v>1992</v>
+      </c>
+      <c r="D118" t="str">
+        <v>Chris Columbus</v>
+      </c>
+      <c r="E118" t="str">
+        <v>John Hughes</v>
+      </c>
+      <c r="F118" t="str">
+        <v>Komedia, Familijny, Przygodowy</v>
+      </c>
+      <c r="G118">
+        <v>120</v>
+      </c>
+      <c r="H118" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I118" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J118">
+        <v>6.8</v>
+      </c>
+      <c r="K118" t="str">
+        <v/>
+      </c>
+      <c r="L118">
+        <v>772</v>
+      </c>
+      <c r="M118" t="str">
+        <v>tt0104431</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="str">
+        <v>Kiedy dzwoni nieznajomy</v>
+      </c>
+      <c r="B119" t="str">
+        <v>When a Stranger Calls</v>
+      </c>
+      <c r="C119">
+        <v>2006</v>
+      </c>
+      <c r="D119" t="str">
+        <v>Simon West</v>
+      </c>
+      <c r="E119" t="str">
+        <v/>
+      </c>
+      <c r="F119" t="str">
+        <v>Horror, Tajemnica</v>
+      </c>
+      <c r="G119">
+        <v>87</v>
+      </c>
+      <c r="H119" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I119" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J119">
+        <v>5.746</v>
+      </c>
+      <c r="K119" t="str">
+        <v/>
+      </c>
+      <c r="L119">
+        <v>10053</v>
+      </c>
+      <c r="M119" t="str">
+        <v>tt0455857</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="str">
+        <v>Kiedy mężczyzna kocha kobietę</v>
+      </c>
+      <c r="B120" t="str">
+        <v>When a Man Loves a Woman</v>
+      </c>
+      <c r="C120">
+        <v>1994</v>
+      </c>
+      <c r="D120" t="str">
+        <v>Luis Mandoki</v>
+      </c>
+      <c r="E120" t="str">
+        <v>Al Franken, Ronald Bass</v>
+      </c>
+      <c r="F120" t="str">
+        <v>Dramat, Romans</v>
+      </c>
+      <c r="G120">
+        <v>126</v>
+      </c>
+      <c r="H120" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I120" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J120">
+        <v>6.591</v>
+      </c>
+      <c r="K120" t="str">
+        <v/>
+      </c>
+      <c r="L120">
+        <v>10449</v>
+      </c>
+      <c r="M120" t="str">
+        <v>tt0111693</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="str">
+        <v>Kobieta w czerni</v>
+      </c>
+      <c r="B121" t="str">
+        <v>The Woman in Black</v>
+      </c>
+      <c r="C121">
+        <v>2012</v>
+      </c>
+      <c r="D121" t="str">
+        <v>James Watkins</v>
+      </c>
+      <c r="E121" t="str">
+        <v>Jane Goldman</v>
+      </c>
+      <c r="F121" t="str">
+        <v>Dramat, Horror, Thriller</v>
+      </c>
+      <c r="G121">
+        <v>95</v>
+      </c>
+      <c r="H121" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I121" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J121">
+        <v>6.141</v>
+      </c>
+      <c r="K121" t="str">
+        <v/>
+      </c>
+      <c r="L121">
+        <v>65086</v>
+      </c>
+      <c r="M121" t="str">
+        <v>tt1596365</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="str">
+        <v>Kobiety pragną bardziej</v>
+      </c>
+      <c r="B122" t="str">
+        <v>He&amp;#x27;s Just Not That Into You</v>
+      </c>
+      <c r="C122">
+        <v>2009</v>
+      </c>
+      <c r="D122" t="str">
+        <v>Ken Kwapis</v>
+      </c>
+      <c r="E122" t="str">
+        <v>Abby Kohn, Marc Silverstein</v>
+      </c>
+      <c r="F122" t="str">
+        <v>Komedia, Romans, Dramat</v>
+      </c>
+      <c r="G122">
+        <v>129</v>
+      </c>
+      <c r="H122" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I122" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J122">
+        <v>6.614</v>
+      </c>
+      <c r="K122" t="str">
+        <v/>
+      </c>
+      <c r="L122">
+        <v>10184</v>
+      </c>
+      <c r="M122" t="str">
+        <v>tt1001508</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="str">
+        <v>Kobiety z 6. piętra</v>
+      </c>
+      <c r="B123" t="str">
+        <v>The Women on the 6th Floor</v>
+      </c>
+      <c r="C123">
+        <v>2011</v>
+      </c>
+      <c r="D123" t="str">
+        <v>Philippe Le Guay</v>
+      </c>
+      <c r="E123" t="str">
+        <v>Philippe Le Guay, Jérôme Tonnerre</v>
+      </c>
+      <c r="F123" t="str">
+        <v>Komedia</v>
+      </c>
+      <c r="G123">
+        <v>106</v>
+      </c>
+      <c r="H123" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I123" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J123">
+        <v>6.788</v>
+      </c>
+      <c r="K123" t="str">
+        <v/>
+      </c>
+      <c r="L123">
+        <v>57243</v>
+      </c>
+      <c r="M123" t="str">
+        <v>tt1805297</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="str">
+        <v>Kocha, lubi, szanuje</v>
+      </c>
+      <c r="B124" t="str">
+        <v>Crazy, Stupid, Love.</v>
+      </c>
+      <c r="C124">
+        <v>2011</v>
+      </c>
+      <c r="D124" t="str">
+        <v>Glenn Ficarra, John Requa</v>
+      </c>
+      <c r="E124" t="str">
+        <v>Dan Fogelman</v>
+      </c>
+      <c r="F124" t="str">
+        <v>Komedia, Dramat, Romans</v>
+      </c>
+      <c r="G124">
+        <v>118</v>
+      </c>
+      <c r="H124" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I124" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J124">
+        <v>7.269</v>
+      </c>
+      <c r="K124" t="str">
+        <v/>
+      </c>
+      <c r="L124">
+        <v>50646</v>
+      </c>
+      <c r="M124" t="str">
+        <v>tt1570728</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="str">
+        <v>Koneser</v>
+      </c>
+      <c r="B125" t="str">
+        <v>The Best Offer</v>
+      </c>
+      <c r="C125">
+        <v>2013</v>
+      </c>
+      <c r="D125" t="str">
+        <v>Giuseppe Tornatore</v>
+      </c>
+      <c r="E125" t="str">
+        <v>Giuseppe Tornatore</v>
+      </c>
+      <c r="F125" t="str">
+        <v>Dramat, Romans, Kryminał</v>
+      </c>
+      <c r="G125">
+        <v>124</v>
+      </c>
+      <c r="H125" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I125" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J125">
+        <v>7.804</v>
+      </c>
+      <c r="K125" t="str">
+        <v/>
+      </c>
+      <c r="L125">
+        <v>152742</v>
+      </c>
+      <c r="M125" t="str">
+        <v>tt1924396</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="str">
+        <v>Kopciuszek</v>
+      </c>
+      <c r="B126" t="str">
+        <v>Cinderella</v>
+      </c>
+      <c r="C126">
+        <v>1950</v>
+      </c>
+      <c r="D126" t="str">
+        <v>Clyde Geronimi, Wilfred Jackson, Hamilton Luske</v>
+      </c>
+      <c r="E126" t="str">
+        <v>Joe Rinaldi, Ken Anderson, Ted Sears</v>
+      </c>
+      <c r="F126" t="str">
+        <v>Familijny, Fantasy, Animacja, Romans</v>
+      </c>
+      <c r="G126">
+        <v>75</v>
+      </c>
+      <c r="H126" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I126" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J126">
+        <v>7.044</v>
+      </c>
+      <c r="K126" t="str">
+        <v/>
+      </c>
+      <c r="L126">
+        <v>11224</v>
+      </c>
+      <c r="M126" t="str">
+        <v>tt0042332</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="str">
+        <v>Kot w butach</v>
+      </c>
+      <c r="B127" t="str">
+        <v>Puss in Boots</v>
+      </c>
+      <c r="C127">
+        <v>2011</v>
+      </c>
+      <c r="D127" t="str">
+        <v>Chris Miller</v>
+      </c>
+      <c r="E127" t="str">
+        <v>Tom Wheeler, Tom Wheeler, Brian Lynch</v>
+      </c>
+      <c r="F127" t="str">
+        <v>Animacja, Familijny, Fantasy, Przygodowy, Komedia, Akcja</v>
+      </c>
+      <c r="G127">
+        <v>90</v>
+      </c>
+      <c r="H127" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I127" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J127">
+        <v>6.583</v>
+      </c>
+      <c r="K127" t="str">
+        <v/>
+      </c>
+      <c r="L127">
+        <v>417859</v>
+      </c>
+      <c r="M127" t="str">
+        <v>tt0448694</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="str">
+        <v>Kraina lodu</v>
+      </c>
+      <c r="B128" t="str">
+        <v>Frozen</v>
+      </c>
+      <c r="C128">
+        <v>2013</v>
+      </c>
+      <c r="D128" t="str">
+        <v>Chris Buck, Jennifer Lee</v>
+      </c>
+      <c r="E128" t="str">
+        <v>Jennifer Lee, Chris Buck, Shane Morris</v>
+      </c>
+      <c r="F128" t="str">
+        <v>Animacja, Familijny, Przygodowy, Fantasy</v>
+      </c>
+      <c r="G128">
+        <v>102</v>
+      </c>
+      <c r="H128" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I128" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J128">
+        <v>7.249</v>
+      </c>
+      <c r="K128" t="str">
+        <v/>
+      </c>
+      <c r="L128">
+        <v>109445</v>
+      </c>
+      <c r="M128" t="str">
+        <v>tt2294629</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="str">
+        <v>Króliczek</v>
+      </c>
+      <c r="B129" t="str">
+        <v>The House Bunny</v>
+      </c>
+      <c r="C129">
+        <v>2008</v>
+      </c>
+      <c r="D129" t="str">
+        <v>Fred Wolf</v>
+      </c>
+      <c r="E129" t="str">
+        <v>Karen McCullah, Kirsten Smith</v>
+      </c>
+      <c r="F129" t="str">
+        <v>Romans, Komedia</v>
+      </c>
+      <c r="G129">
+        <v>97</v>
+      </c>
+      <c r="H129" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I129" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J129">
+        <v>5.673</v>
+      </c>
+      <c r="K129" t="str">
+        <v/>
+      </c>
+      <c r="L129">
+        <v>12620</v>
+      </c>
+      <c r="M129" t="str">
+        <v>tt0852713</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="str">
+        <v>Krudowie</v>
+      </c>
+      <c r="B130" t="str">
+        <v>The Croods</v>
+      </c>
+      <c r="C130">
+        <v>2013</v>
+      </c>
+      <c r="D130" t="str">
+        <v>Chris Sanders, Kirk DeMicco</v>
+      </c>
+      <c r="E130" t="str">
+        <v>Chris Sanders, John Cleese, Chris Sanders</v>
+      </c>
+      <c r="F130" t="str">
+        <v>Animacja, Przygodowy, Familijny, Komedia</v>
+      </c>
+      <c r="G130">
+        <v>98</v>
+      </c>
+      <c r="H130" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I130" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J130">
+        <v>6.928</v>
+      </c>
+      <c r="K130" t="str">
+        <v/>
+      </c>
+      <c r="L130">
+        <v>49519</v>
+      </c>
+      <c r="M130" t="str">
+        <v>tt0481499</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="str">
+        <v>Krzyk</v>
+      </c>
+      <c r="B131" t="str">
+        <v>Scream</v>
+      </c>
+      <c r="C131">
+        <v>1996</v>
+      </c>
+      <c r="D131" t="str">
+        <v>Wes Craven</v>
+      </c>
+      <c r="E131" t="str">
+        <v>Kevin Williamson</v>
+      </c>
+      <c r="F131" t="str">
+        <v>Kryminał, Horror, Tajemnica</v>
+      </c>
+      <c r="G131">
+        <v>106</v>
+      </c>
+      <c r="H131" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I131" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J131">
+        <v>7.425</v>
+      </c>
+      <c r="K131" t="str">
+        <v/>
+      </c>
+      <c r="L131">
+        <v>4232</v>
+      </c>
+      <c r="M131" t="str">
+        <v>tt0117571</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="str">
+        <v>Krzyk 2</v>
+      </c>
+      <c r="B132" t="str">
+        <v>Scream 2</v>
+      </c>
+      <c r="C132">
+        <v>1997</v>
+      </c>
+      <c r="D132" t="str">
+        <v>Wes Craven</v>
+      </c>
+      <c r="E132" t="str">
+        <v>Kevin Williamson</v>
+      </c>
+      <c r="F132" t="str">
+        <v>Horror, Tajemnica</v>
+      </c>
+      <c r="G132">
+        <v>120</v>
+      </c>
+      <c r="H132" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I132" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J132">
+        <v>6.507</v>
+      </c>
+      <c r="K132" t="str">
+        <v/>
+      </c>
+      <c r="L132">
+        <v>4233</v>
+      </c>
+      <c r="M132" t="str">
+        <v>tt0120082</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="str">
+        <v>Krzyk 3</v>
+      </c>
+      <c r="B133" t="str">
+        <v>Scream 3</v>
+      </c>
+      <c r="C133">
+        <v>2000</v>
+      </c>
+      <c r="D133" t="str">
+        <v>Wes Craven</v>
+      </c>
+      <c r="E133" t="str">
+        <v>Ehren Kruger</v>
+      </c>
+      <c r="F133" t="str">
+        <v>Horror, Tajemnica</v>
+      </c>
+      <c r="G133">
+        <v>117</v>
+      </c>
+      <c r="H133" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I133" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J133">
+        <v>6.001</v>
+      </c>
+      <c r="K133" t="str">
+        <v/>
+      </c>
+      <c r="L133">
+        <v>4234</v>
+      </c>
+      <c r="M133" t="str">
+        <v>tt0134084</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="str">
+        <v>Krzyk 4</v>
+      </c>
+      <c r="B134" t="str">
+        <v>Scream 4</v>
+      </c>
+      <c r="C134">
+        <v>2011</v>
+      </c>
+      <c r="D134" t="str">
+        <v>Wes Craven</v>
+      </c>
+      <c r="E134" t="str">
+        <v>Kevin Williamson</v>
+      </c>
+      <c r="F134" t="str">
+        <v>Horror, Tajemnica</v>
+      </c>
+      <c r="G134">
+        <v>111</v>
+      </c>
+      <c r="H134" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I134" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J134">
+        <v>6.474</v>
+      </c>
+      <c r="K134" t="str">
+        <v/>
+      </c>
+      <c r="L134">
+        <v>41446</v>
+      </c>
+      <c r="M134" t="str">
+        <v>tt1262416</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="str">
+        <v>Krzysiu, gdzie jesteś?</v>
+      </c>
+      <c r="B135" t="str">
+        <v>Christopher Robin</v>
+      </c>
+      <c r="C135">
+        <v>2018</v>
+      </c>
+      <c r="D135" t="str">
+        <v>Marc Forster</v>
+      </c>
+      <c r="E135" t="str">
+        <v>Greg Brooker, Mark Steven Johnson, Alex Ross Perry</v>
+      </c>
+      <c r="F135" t="str">
+        <v>Przygodowy, Komedia, Familijny, Fantasy</v>
+      </c>
+      <c r="G135">
+        <v>104</v>
+      </c>
+      <c r="H135" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I135" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J135">
+        <v>7.306</v>
+      </c>
+      <c r="K135" t="str">
+        <v/>
+      </c>
+      <c r="L135">
+        <v>420814</v>
+      </c>
+      <c r="M135" t="str">
+        <v>tt4575576</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="str">
+        <v>Kto Tam?</v>
+      </c>
+      <c r="B136" t="str">
+        <v>Knock Knock</v>
+      </c>
+      <c r="C136">
+        <v>2015</v>
+      </c>
+      <c r="D136" t="str">
+        <v>Eli Roth</v>
+      </c>
+      <c r="E136" t="str">
+        <v>Guillermo Amoedo, Eli Roth, Nicolás López</v>
+      </c>
+      <c r="F136" t="str">
+        <v>Horror, Thriller</v>
+      </c>
+      <c r="G136">
+        <v>100</v>
+      </c>
+      <c r="H136" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I136" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J136">
+        <v>5.389</v>
+      </c>
+      <c r="K136" t="str">
+        <v/>
+      </c>
+      <c r="L136">
+        <v>263472</v>
+      </c>
+      <c r="M136" t="str">
+        <v>tt3605418</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="str">
+        <v>Kwiat pustyni</v>
+      </c>
+      <c r="B137" t="str">
+        <v>Desert Flower</v>
+      </c>
+      <c r="C137">
+        <v>2009</v>
+      </c>
+      <c r="D137" t="str">
+        <v>Sherry Hormann</v>
+      </c>
+      <c r="E137" t="str">
+        <v/>
+      </c>
+      <c r="F137" t="str">
+        <v>Dramat</v>
+      </c>
+      <c r="G137">
+        <v>120</v>
+      </c>
+      <c r="H137" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I137" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J137">
+        <v>7.58</v>
+      </c>
+      <c r="K137" t="str">
+        <v/>
+      </c>
+      <c r="L137">
+        <v>33997</v>
+      </c>
+      <c r="M137" t="str">
+        <v>tt1054580</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="str">
+        <v>Lassie</v>
+      </c>
+      <c r="B138" t="str">
+        <v/>
+      </c>
+      <c r="C138">
+        <v>1994</v>
+      </c>
+      <c r="D138" t="str">
+        <v>Daniel Petrie</v>
+      </c>
+      <c r="E138" t="str">
+        <v>Matthew Jacobs, Gary Ross, Elizabeth Anderson</v>
+      </c>
+      <c r="F138" t="str">
+        <v>Familijny, Przygodowy</v>
+      </c>
+      <c r="G138">
+        <v>94</v>
+      </c>
+      <c r="H138" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I138" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J138">
+        <v>6.1</v>
+      </c>
+      <c r="K138" t="str">
+        <v/>
+      </c>
+      <c r="L138">
+        <v>29918</v>
+      </c>
+      <c r="M138" t="str">
+        <v>tt0110305</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="str">
+        <v>Last Vegas</v>
+      </c>
+      <c r="B139" t="str">
+        <v/>
+      </c>
+      <c r="C139">
+        <v>2013</v>
+      </c>
+      <c r="D139" t="str">
+        <v>Jon Turteltaub</v>
+      </c>
+      <c r="E139" t="str">
+        <v>Dan Fogelman</v>
+      </c>
+      <c r="F139" t="str">
+        <v>Komedia</v>
+      </c>
+      <c r="G139">
+        <v>105</v>
+      </c>
+      <c r="H139" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I139" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J139">
+        <v>6.4</v>
+      </c>
+      <c r="K139" t="str">
+        <v/>
+      </c>
+      <c r="L139">
+        <v>137093</v>
+      </c>
+      <c r="M139" t="str">
+        <v>tt1204975</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="str">
+        <v>Legenda Zorro</v>
+      </c>
+      <c r="B140" t="str">
+        <v>The Legend of Zorro</v>
+      </c>
+      <c r="C140">
+        <v>2005</v>
+      </c>
+      <c r="D140" t="str">
+        <v>Martin Campbell</v>
+      </c>
+      <c r="E140" t="str">
+        <v>Roberto Orci, Alex Kurtzman, Alex Kurtzman</v>
+      </c>
+      <c r="F140" t="str">
+        <v>Akcja, Przygodowy, Western</v>
+      </c>
+      <c r="G140">
+        <v>131</v>
+      </c>
+      <c r="H140" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I140" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J140">
+        <v>6.124</v>
+      </c>
+      <c r="K140" t="str">
+        <v/>
+      </c>
+      <c r="L140">
+        <v>1656</v>
+      </c>
+      <c r="M140" t="str">
+        <v>tt0386140</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="str">
+        <v>Lepiej późno niż później</v>
+      </c>
+      <c r="B141" t="str">
+        <v>Something&amp;#x27;s Gotta Give</v>
+      </c>
+      <c r="C141">
+        <v>2003</v>
+      </c>
+      <c r="D141" t="str">
+        <v>Nancy Meyers</v>
+      </c>
+      <c r="E141" t="str">
+        <v>Nancy Meyers</v>
+      </c>
+      <c r="F141" t="str">
+        <v>Dramat, Komedia, Romans</v>
+      </c>
+      <c r="G141">
+        <v>128</v>
+      </c>
+      <c r="H141" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I141" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J141">
+        <v>6.641</v>
+      </c>
+      <c r="K141" t="str">
+        <v/>
+      </c>
+      <c r="L141">
+        <v>6964</v>
+      </c>
+      <c r="M141" t="str">
+        <v>tt0337741</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="str">
+        <v>Lilo i Stich</v>
+      </c>
+      <c r="B142" t="str">
+        <v>Lilo &amp;amp; Stitch</v>
+      </c>
+      <c r="C142">
+        <v>2025</v>
+      </c>
+      <c r="D142" t="str">
+        <v>Dean Fleischer Camp</v>
+      </c>
+      <c r="E142" t="str">
+        <v>Chris Kekaniokalani Bright, Mike Van Waes</v>
+      </c>
+      <c r="F142" t="str">
+        <v>Familijny, Sci-Fi, Komedia</v>
+      </c>
+      <c r="G142">
+        <v>108</v>
+      </c>
+      <c r="H142" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I142" t="str">
+        <v>Blu-ray</v>
+      </c>
+      <c r="J142">
+        <v>7.226</v>
+      </c>
+      <c r="K142" t="str">
+        <v/>
+      </c>
+      <c r="L142">
+        <v>552524</v>
+      </c>
+      <c r="M142" t="str">
+        <v>tt11655566</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="str">
+        <v>Listy do M.</v>
+      </c>
+      <c r="B143" t="str">
+        <v>Letters to Santa</v>
+      </c>
+      <c r="C143">
+        <v>2011</v>
+      </c>
+      <c r="D143" t="str">
+        <v>Mitja Okorn</v>
+      </c>
+      <c r="E143" t="str">
+        <v>Karolina Szablewska, Marcin Baczyński</v>
+      </c>
+      <c r="F143" t="str">
+        <v>Komedia, Romans</v>
+      </c>
+      <c r="G143">
+        <v>112</v>
+      </c>
+      <c r="H143" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I143" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J143">
+        <v>6.901</v>
+      </c>
+      <c r="K143" t="str">
+        <v/>
+      </c>
+      <c r="L143">
+        <v>79221</v>
+      </c>
+      <c r="M143" t="str">
+        <v>tt1927077</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="str">
+        <v>Looper - Pętla czasu</v>
+      </c>
+      <c r="B144" t="str">
+        <v>Looper</v>
+      </c>
+      <c r="C144">
+        <v>2012</v>
+      </c>
+      <c r="D144" t="str">
+        <v>Rian Johnson</v>
+      </c>
+      <c r="E144" t="str">
+        <v>Rian Johnson</v>
+      </c>
+      <c r="F144" t="str">
+        <v>Akcja, Thriller, Sci-Fi</v>
+      </c>
+      <c r="G144">
+        <v>118</v>
+      </c>
+      <c r="H144" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I144" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J144">
+        <v>6.899</v>
+      </c>
+      <c r="K144" t="str">
+        <v/>
+      </c>
+      <c r="L144">
+        <v>59967</v>
+      </c>
+      <c r="M144" t="str">
+        <v>tt1276104</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="str">
+        <v>Madagaskar</v>
+      </c>
+      <c r="B145" t="str">
+        <v>Madagascar</v>
+      </c>
+      <c r="C145">
+        <v>2005</v>
+      </c>
+      <c r="D145" t="str">
+        <v>Eric Darnell, Tom McGrath</v>
+      </c>
+      <c r="E145" t="str">
+        <v>Billy Frolick, Mark Burton, Tom McGrath</v>
+      </c>
+      <c r="F145" t="str">
+        <v>Familijny, Animacja, Przygodowy, Komedia</v>
+      </c>
+      <c r="G145">
+        <v>86</v>
+      </c>
+      <c r="H145" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I145" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J145">
+        <v>6.917</v>
+      </c>
+      <c r="K145" t="str">
+        <v/>
+      </c>
+      <c r="L145">
+        <v>953</v>
+      </c>
+      <c r="M145" t="str">
+        <v>tt0351283</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="str">
+        <v>Mała Stopa</v>
+      </c>
+      <c r="B146" t="str">
+        <v>Smallfoot</v>
+      </c>
+      <c r="C146">
+        <v>2018</v>
+      </c>
+      <c r="D146" t="str">
+        <v>Karey Kirkpatrick</v>
+      </c>
+      <c r="E146" t="str">
+        <v>Clare Sera, Karey Kirkpatrick, Eyal Podell</v>
+      </c>
+      <c r="F146" t="str">
+        <v>Familijny, Komedia, Przygodowy, Animacja</v>
+      </c>
+      <c r="G146">
+        <v>96</v>
+      </c>
+      <c r="H146" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I146" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J146">
+        <v>6.8</v>
+      </c>
+      <c r="K146" t="str">
+        <v/>
+      </c>
+      <c r="L146">
+        <v>446894</v>
+      </c>
+      <c r="M146" t="str">
+        <v>tt6182908</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="str">
+        <v>Małgosia i Jaś</v>
+      </c>
+      <c r="B147" t="str">
+        <v>Gretel &amp;amp; Hansel</v>
+      </c>
+      <c r="C147">
+        <v>2020</v>
+      </c>
+      <c r="D147" t="str">
+        <v>Osgood Perkins</v>
+      </c>
+      <c r="E147" t="str">
+        <v>Rob Hayes</v>
+      </c>
+      <c r="F147" t="str">
+        <v>Horror, Fantasy</v>
+      </c>
+      <c r="G147">
+        <v>87</v>
+      </c>
+      <c r="H147" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I147" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J147">
+        <v>5.999</v>
+      </c>
+      <c r="K147" t="str">
+        <v/>
+      </c>
+      <c r="L147">
+        <v>542224</v>
+      </c>
+      <c r="M147" t="str">
+        <v>tt9086228</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="str">
+        <v>Mamma Mia!</v>
+      </c>
+      <c r="B148" t="str">
+        <v/>
+      </c>
+      <c r="C148">
+        <v>2008</v>
+      </c>
+      <c r="D148" t="str">
+        <v>Phyllida Lloyd</v>
+      </c>
+      <c r="E148" t="str">
+        <v>Catherine Johnson</v>
+      </c>
+      <c r="F148" t="str">
+        <v>Komedia, Romans</v>
+      </c>
+      <c r="G148">
+        <v>108</v>
+      </c>
+      <c r="H148" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I148" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J148">
+        <v>6.977</v>
+      </c>
+      <c r="K148" t="str">
+        <v/>
+      </c>
+      <c r="L148">
+        <v>11631</v>
+      </c>
+      <c r="M148" t="str">
+        <v>tt0795421</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="str">
+        <v>Mamma Mia! Here We Go Again</v>
+      </c>
+      <c r="B149" t="str">
+        <v/>
+      </c>
+      <c r="C149">
+        <v>2018</v>
+      </c>
+      <c r="D149" t="str">
+        <v>Ol Parker</v>
+      </c>
+      <c r="E149" t="str">
+        <v>Ol Parker, Richard Curtis, Catherine Johnson</v>
+      </c>
+      <c r="F149" t="str">
+        <v>Komedia, Romans</v>
+      </c>
+      <c r="G149">
+        <v>114</v>
+      </c>
+      <c r="H149" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I149" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J149">
+        <v>7.085</v>
+      </c>
+      <c r="K149" t="str">
+        <v/>
+      </c>
+      <c r="L149">
+        <v>458423</v>
+      </c>
+      <c r="M149" t="str">
+        <v>tt6911608</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="str">
+        <v>Maraton tańca</v>
+      </c>
+      <c r="B150" t="str">
+        <v>Dance Marathon</v>
+      </c>
+      <c r="C150">
+        <v>2011</v>
+      </c>
+      <c r="D150" t="str">
+        <v>Magdalena Łazarkiewicz</v>
+      </c>
+      <c r="E150" t="str">
+        <v>Maciej Kowalewski, Magdalena Łazarkiewicz</v>
+      </c>
+      <c r="F150" t="str">
+        <v>Komedia, Romans</v>
+      </c>
+      <c r="G150">
+        <v>97</v>
+      </c>
+      <c r="H150" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I150" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J150" t="str">
+        <v/>
+      </c>
+      <c r="K150" t="str">
+        <v/>
+      </c>
+      <c r="L150">
+        <v>75830</v>
+      </c>
+      <c r="M150" t="str">
+        <v>tt1769307</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="str">
+        <v>Marmaduke - pies na fali</v>
+      </c>
+      <c r="B151" t="str">
+        <v>Marmaduke</v>
+      </c>
+      <c r="C151">
+        <v>2010</v>
+      </c>
+      <c r="D151" t="str">
+        <v>Tom Dey</v>
+      </c>
+      <c r="E151" t="str">
+        <v>Vince Di Meglio, Tim Rasmussen</v>
+      </c>
+      <c r="F151" t="str">
+        <v>Familijny, Komedia</v>
+      </c>
+      <c r="G151">
+        <v>88</v>
+      </c>
+      <c r="H151" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I151" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J151">
+        <v>5.215</v>
+      </c>
+      <c r="K151" t="str">
+        <v/>
+      </c>
+      <c r="L151">
+        <v>38579</v>
+      </c>
+      <c r="M151" t="str">
+        <v>tt1392197</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="str">
+        <v>Martwe zło 2</v>
+      </c>
+      <c r="B152" t="str">
+        <v>Evil Dead II</v>
+      </c>
+      <c r="C152">
+        <v>1987</v>
+      </c>
+      <c r="D152" t="str">
+        <v>Sam Raimi</v>
+      </c>
+      <c r="E152" t="str">
+        <v>Scott Spiegel, Sam Raimi</v>
+      </c>
+      <c r="F152" t="str">
+        <v>Horror, Komedia, Fantasy</v>
+      </c>
+      <c r="G152">
+        <v>81</v>
+      </c>
+      <c r="H152" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I152" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J152">
+        <v>7.5</v>
+      </c>
+      <c r="K152" t="str">
+        <v/>
+      </c>
+      <c r="L152">
+        <v>765</v>
+      </c>
+      <c r="M152" t="str">
+        <v>tt0092991</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="str">
+        <v>Maska Zorro</v>
+      </c>
+      <c r="B153" t="str">
+        <v>The Mask of Zorro</v>
+      </c>
+      <c r="C153">
+        <v>1998</v>
+      </c>
+      <c r="D153" t="str">
+        <v>Martin Campbell</v>
+      </c>
+      <c r="E153" t="str">
+        <v>John Eskow, Ted Elliott, Terry Rossio</v>
+      </c>
+      <c r="F153" t="str">
+        <v>Akcja, Przygodowy</v>
+      </c>
+      <c r="G153">
+        <v>136</v>
+      </c>
+      <c r="H153" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I153" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J153">
+        <v>6.575</v>
+      </c>
+      <c r="K153" t="str">
+        <v/>
+      </c>
+      <c r="L153">
+        <v>9342</v>
+      </c>
+      <c r="M153" t="str">
+        <v>tt0120746</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="str">
+        <v>Mickey 17</v>
+      </c>
+      <c r="B154" t="str">
+        <v/>
+      </c>
+      <c r="C154">
+        <v>2025</v>
+      </c>
+      <c r="D154" t="str">
+        <v>봉준호</v>
+      </c>
+      <c r="E154" t="str">
+        <v>봉준호</v>
+      </c>
+      <c r="F154" t="str">
+        <v>Sci-Fi, Komedia, Przygodowy</v>
+      </c>
+      <c r="G154">
+        <v>139</v>
+      </c>
+      <c r="H154" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I154" t="str">
+        <v>Blu-ray</v>
+      </c>
+      <c r="J154">
+        <v>6.833</v>
+      </c>
+      <c r="K154" t="str">
+        <v/>
+      </c>
+      <c r="L154">
+        <v>696506</v>
+      </c>
+      <c r="M154" t="str">
+        <v>tt12299608</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="str">
+        <v>Milion Sposobów, jak Zginąć na Zachodzie</v>
+      </c>
+      <c r="B155" t="str">
+        <v>A Million Ways to Die in the West</v>
+      </c>
+      <c r="C155">
+        <v>2014</v>
+      </c>
+      <c r="D155" t="str">
+        <v>Seth MacFarlane</v>
+      </c>
+      <c r="E155" t="str">
+        <v>Alec Sulkin, Seth MacFarlane, Wellesley Wild</v>
+      </c>
+      <c r="F155" t="str">
+        <v>Komedia, Western</v>
+      </c>
+      <c r="G155">
+        <v>114</v>
+      </c>
+      <c r="H155" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I155" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J155">
+        <v>6.054</v>
+      </c>
+      <c r="K155" t="str">
+        <v/>
+      </c>
+      <c r="L155">
+        <v>188161</v>
+      </c>
+      <c r="M155" t="str">
+        <v>tt2557490</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="str">
+        <v>Miłość i śmierć w Wenecji</v>
+      </c>
+      <c r="B156" t="str">
+        <v>The Wings of the Dove</v>
+      </c>
+      <c r="C156">
+        <v>1997</v>
+      </c>
+      <c r="D156" t="str">
+        <v>Iain Softley</v>
+      </c>
+      <c r="E156" t="str">
+        <v>Hossein Amini</v>
+      </c>
+      <c r="F156" t="str">
+        <v>Dramat, Romans</v>
+      </c>
+      <c r="G156">
+        <v>102</v>
+      </c>
+      <c r="H156" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I156" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J156">
+        <v>6.6</v>
+      </c>
+      <c r="K156" t="str">
+        <v/>
+      </c>
+      <c r="L156">
+        <v>45609</v>
+      </c>
+      <c r="M156" t="str">
+        <v>tt0120520</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="str">
+        <v>Mother!</v>
+      </c>
+      <c r="B157" t="str">
+        <v>mother!</v>
+      </c>
+      <c r="C157">
+        <v>2017</v>
+      </c>
+      <c r="D157" t="str">
+        <v>Darren Aronofsky</v>
+      </c>
+      <c r="E157" t="str">
+        <v>Darren Aronofsky</v>
+      </c>
+      <c r="F157" t="str">
+        <v>Dramat, Horror</v>
+      </c>
+      <c r="G157">
+        <v>121</v>
+      </c>
+      <c r="H157" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I157" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J157">
+        <v>6.964</v>
+      </c>
+      <c r="K157" t="str">
+        <v/>
+      </c>
+      <c r="L157">
+        <v>381283</v>
+      </c>
+      <c r="M157" t="str">
+        <v>tt5109784</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="str">
+        <v>Motylek</v>
+      </c>
+      <c r="B158" t="str">
+        <v>Papillon</v>
+      </c>
+      <c r="C158">
+        <v>1973</v>
+      </c>
+      <c r="D158" t="str">
+        <v>Franklin J. Schaffner</v>
+      </c>
+      <c r="E158" t="str">
+        <v>Dalton Trumbo, Lorenzo Semple Jr.</v>
+      </c>
+      <c r="F158" t="str">
+        <v>Kryminał, Dramat</v>
+      </c>
+      <c r="G158">
+        <v>151</v>
+      </c>
+      <c r="H158" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I158" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J158">
+        <v>7.824</v>
+      </c>
+      <c r="K158" t="str">
+        <v/>
+      </c>
+      <c r="L158">
+        <v>5924</v>
+      </c>
+      <c r="M158" t="str">
+        <v>tt0070511</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="str">
+        <v>Mój brat niedźwiedź</v>
+      </c>
+      <c r="B159" t="str">
+        <v>Brother Bear</v>
+      </c>
+      <c r="C159">
+        <v>2003</v>
+      </c>
+      <c r="D159" t="str">
+        <v>Aaron Blaise, Robert Walker</v>
+      </c>
+      <c r="E159" t="str">
+        <v>Tab Murphy, Lorne Cameron, Nathan Greno</v>
+      </c>
+      <c r="F159" t="str">
+        <v>Przygodowy, Animacja, Familijny</v>
+      </c>
+      <c r="G159">
+        <v>85</v>
+      </c>
+      <c r="H159" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I159" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J159">
+        <v>7.27</v>
+      </c>
+      <c r="K159" t="str">
+        <v/>
+      </c>
+      <c r="L159">
+        <v>10009</v>
+      </c>
+      <c r="M159" t="str">
+        <v>tt0328880</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="str">
+        <v>Mulan</v>
+      </c>
+      <c r="B160" t="str">
+        <v/>
+      </c>
+      <c r="C160">
+        <v>1998</v>
+      </c>
+      <c r="D160" t="str">
+        <v>Tony Bancroft, Barry Cook</v>
+      </c>
+      <c r="E160" t="str">
+        <v>Eugenia Bostwick-Singer, Raymond Singer, Rita Hsiao</v>
+      </c>
+      <c r="F160" t="str">
+        <v>Animacja, Familijny, Przygodowy</v>
+      </c>
+      <c r="G160">
+        <v>88</v>
+      </c>
+      <c r="H160" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I160" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J160">
+        <v>7.902</v>
+      </c>
+      <c r="K160" t="str">
+        <v/>
+      </c>
+      <c r="L160">
+        <v>10674</v>
+      </c>
+      <c r="M160" t="str">
+        <v>tt0120762</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="str">
+        <v>Na noże</v>
+      </c>
+      <c r="B161" t="str">
+        <v>Knives Out</v>
+      </c>
+      <c r="C161">
+        <v>2019</v>
+      </c>
+      <c r="D161" t="str">
+        <v>Rian Johnson</v>
+      </c>
+      <c r="E161" t="str">
+        <v>Rian Johnson</v>
+      </c>
+      <c r="F161" t="str">
+        <v>Komedia, Kryminał, Tajemnica</v>
+      </c>
+      <c r="G161">
+        <v>131</v>
+      </c>
+      <c r="H161" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I161" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J161">
+        <v>7.845</v>
+      </c>
+      <c r="K161" t="str">
+        <v/>
+      </c>
+      <c r="L161">
+        <v>546554</v>
+      </c>
+      <c r="M161" t="str">
+        <v>tt8946378</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="str">
+        <v>Na pokuszenie</v>
+      </c>
+      <c r="B162" t="str">
+        <v>The Beguiled</v>
+      </c>
+      <c r="C162">
+        <v>2017</v>
+      </c>
+      <c r="D162" t="str">
+        <v>Sofia Coppola</v>
+      </c>
+      <c r="E162" t="str">
+        <v>Sofia Coppola</v>
+      </c>
+      <c r="F162" t="str">
+        <v>Dramat</v>
+      </c>
+      <c r="G162">
+        <v>93</v>
+      </c>
+      <c r="H162" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I162" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J162">
+        <v>5.92</v>
+      </c>
+      <c r="K162" t="str">
+        <v/>
+      </c>
+      <c r="L162">
+        <v>399019</v>
+      </c>
+      <c r="M162" t="str">
+        <v>tt5592248</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="str">
+        <v>Nagi instynkt</v>
+      </c>
+      <c r="B163" t="str">
+        <v>Basic Instinct</v>
+      </c>
+      <c r="C163">
+        <v>1992</v>
+      </c>
+      <c r="D163" t="str">
+        <v>Paul Verhoeven</v>
+      </c>
+      <c r="E163" t="str">
+        <v>Joe Eszterhas</v>
+      </c>
+      <c r="F163" t="str">
+        <v>Thriller, Tajemnica</v>
+      </c>
+      <c r="G163">
+        <v>123</v>
+      </c>
+      <c r="H163" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I163" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J163">
+        <v>6.928</v>
+      </c>
+      <c r="K163" t="str">
+        <v/>
+      </c>
+      <c r="L163">
+        <v>402</v>
+      </c>
+      <c r="M163" t="str">
+        <v>tt0103772</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="str">
+        <v>Najpierw Strzelaj, Potem Zwiedzaj</v>
+      </c>
+      <c r="B164" t="str">
+        <v>In Bruges</v>
+      </c>
+      <c r="C164">
+        <v>2008</v>
+      </c>
+      <c r="D164" t="str">
+        <v>Martin McDonagh</v>
+      </c>
+      <c r="E164" t="str">
+        <v>Martin McDonagh</v>
+      </c>
+      <c r="F164" t="str">
+        <v>Komedia, Dramat, Kryminał</v>
+      </c>
+      <c r="G164">
+        <v>108</v>
+      </c>
+      <c r="H164" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I164" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J164">
+        <v>7.496</v>
+      </c>
+      <c r="K164" t="str">
+        <v/>
+      </c>
+      <c r="L164">
+        <v>8321</v>
+      </c>
+      <c r="M164" t="str">
+        <v>tt0780536</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="str">
+        <v>Narzeczony mimo woli</v>
+      </c>
+      <c r="B165" t="str">
+        <v>The Proposal</v>
+      </c>
+      <c r="C165">
+        <v>2009</v>
+      </c>
+      <c r="D165" t="str">
+        <v>Anne Fletcher</v>
+      </c>
+      <c r="E165" t="str">
+        <v>Peter Chiarelli</v>
+      </c>
+      <c r="F165" t="str">
+        <v>Komedia, Romans, Dramat</v>
+      </c>
+      <c r="G165">
+        <v>108</v>
+      </c>
+      <c r="H165" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I165" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J165">
+        <v>7.152</v>
+      </c>
+      <c r="K165" t="str">
+        <v/>
+      </c>
+      <c r="L165">
+        <v>18240</v>
+      </c>
+      <c r="M165" t="str">
+        <v>tt1041829</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="str">
+        <v>Nie opuszczaj mnie</v>
+      </c>
+      <c r="B166" t="str">
+        <v>Never Let Me Go</v>
+      </c>
+      <c r="C166">
+        <v>2010</v>
+      </c>
+      <c r="D166" t="str">
+        <v>Mark Romanek</v>
+      </c>
+      <c r="E166" t="str">
+        <v>Alex Garland</v>
+      </c>
+      <c r="F166" t="str">
+        <v>Dramat, Romans, Sci-Fi</v>
+      </c>
+      <c r="G166">
+        <v>104</v>
+      </c>
+      <c r="H166" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I166" t="str">
+        <v>Blu-ray</v>
+      </c>
+      <c r="J166">
+        <v>6.848</v>
+      </c>
+      <c r="K166" t="str">
+        <v/>
+      </c>
+      <c r="L166">
+        <v>42188</v>
+      </c>
+      <c r="M166" t="str">
+        <v>tt1334260</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="str">
+        <v>Niebiańska plaża</v>
+      </c>
+      <c r="B167" t="str">
+        <v>The Beach</v>
+      </c>
+      <c r="C167">
+        <v>2000</v>
+      </c>
+      <c r="D167" t="str">
+        <v>Danny Boyle</v>
+      </c>
+      <c r="E167" t="str">
+        <v>John Hodge</v>
+      </c>
+      <c r="F167" t="str">
+        <v>Dramat, Przygodowy, Romans, Thriller</v>
+      </c>
+      <c r="G167">
+        <v>119</v>
+      </c>
+      <c r="H167" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I167" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J167">
+        <v>6.486</v>
+      </c>
+      <c r="K167" t="str">
+        <v/>
+      </c>
+      <c r="L167">
+        <v>1907</v>
+      </c>
+      <c r="M167" t="str">
+        <v>tt0163978</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="str">
+        <v>Niedźwiedzica</v>
+      </c>
+      <c r="B168" t="str">
+        <v>Ms. Bear</v>
+      </c>
+      <c r="C168">
+        <v>1997</v>
+      </c>
+      <c r="D168" t="str">
+        <v>Paul Ziller</v>
+      </c>
+      <c r="E168" t="str">
+        <v>Paul Ziller, Antony Anderson, Bob Jason</v>
+      </c>
+      <c r="F168" t="str">
+        <v>Przygodowy, Familijny</v>
+      </c>
+      <c r="G168">
+        <v>102</v>
+      </c>
+      <c r="H168" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I168" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J168" t="str">
+        <v/>
+      </c>
+      <c r="K168" t="str">
+        <v/>
+      </c>
+      <c r="L168">
+        <v>288181</v>
+      </c>
+      <c r="M168" t="str">
+        <v>tt0119724</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="str">
+        <v>Nienasyceni</v>
+      </c>
+      <c r="B169" t="str">
+        <v>A Bigger Splash</v>
+      </c>
+      <c r="C169">
+        <v>2015</v>
+      </c>
+      <c r="D169" t="str">
+        <v>Luca Guadagnino</v>
+      </c>
+      <c r="E169" t="str">
+        <v>David Kajganich</v>
+      </c>
+      <c r="F169" t="str">
+        <v>Dramat, Thriller, Romans</v>
+      </c>
+      <c r="G169">
+        <v>125</v>
+      </c>
+      <c r="H169" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I169" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J169">
+        <v>6.154</v>
+      </c>
+      <c r="K169" t="str">
+        <v/>
+      </c>
+      <c r="L169">
+        <v>324807</v>
+      </c>
+      <c r="M169" t="str">
+        <v>tt2056771</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="str">
+        <v>Niewidzialny człowiek</v>
+      </c>
+      <c r="B170" t="str">
+        <v>The Invisible Man</v>
+      </c>
+      <c r="C170">
+        <v>2020</v>
+      </c>
+      <c r="D170" t="str">
+        <v>Leigh Whannell</v>
+      </c>
+      <c r="E170" t="str">
+        <v>Leigh Whannell, Leigh Whannell</v>
+      </c>
+      <c r="F170" t="str">
+        <v>Thriller, Sci-Fi, Horror</v>
+      </c>
+      <c r="G170">
+        <v>124</v>
+      </c>
+      <c r="H170" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I170" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J170">
+        <v>7.101</v>
+      </c>
+      <c r="K170" t="str">
+        <v/>
+      </c>
+      <c r="L170">
+        <v>570670</v>
+      </c>
+      <c r="M170" t="str">
+        <v>tt1051906</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="str">
+        <v>Nigdy nie mów nigdy</v>
+      </c>
+      <c r="B171" t="str">
+        <v>Never Say Never</v>
+      </c>
+      <c r="C171">
+        <v>2009</v>
+      </c>
+      <c r="D171" t="str">
+        <v>Wojciech Pacyna</v>
+      </c>
+      <c r="E171" t="str">
+        <v>Paweł Mossakowski, Iwona Siemieniuk</v>
+      </c>
+      <c r="F171" t="str">
+        <v>Komedia, Romans</v>
+      </c>
+      <c r="G171">
+        <v>102</v>
+      </c>
+      <c r="H171" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I171" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J171">
+        <v>5.6</v>
+      </c>
+      <c r="K171" t="str">
+        <v/>
+      </c>
+      <c r="L171">
+        <v>36397</v>
+      </c>
+      <c r="M171" t="str">
+        <v>tt1529311</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="str">
+        <v>Noc Oczyszczenia: Anarchia</v>
+      </c>
+      <c r="B172" t="str">
+        <v>The Purge: Anarchy</v>
+      </c>
+      <c r="C172">
+        <v>2014</v>
+      </c>
+      <c r="D172" t="str">
+        <v>James DeMonaco</v>
+      </c>
+      <c r="E172" t="str">
+        <v>James DeMonaco</v>
+      </c>
+      <c r="F172" t="str">
+        <v>Horror, Thriller</v>
+      </c>
+      <c r="G172">
+        <v>103</v>
+      </c>
+      <c r="H172" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I172" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J172">
+        <v>6.628</v>
+      </c>
+      <c r="K172" t="str">
+        <v/>
+      </c>
+      <c r="L172">
+        <v>238636</v>
+      </c>
+      <c r="M172" t="str">
+        <v>tt2975578</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="str">
+        <v>Noe: Wybrany przez Boga</v>
+      </c>
+      <c r="B173" t="str">
+        <v>Noah</v>
+      </c>
+      <c r="C173">
+        <v>2014</v>
+      </c>
+      <c r="D173" t="str">
+        <v>Darren Aronofsky</v>
+      </c>
+      <c r="E173" t="str">
+        <v>Ari Handel, Darren Aronofsky</v>
+      </c>
+      <c r="F173" t="str">
+        <v>Dramat, Przygodowy</v>
+      </c>
+      <c r="G173">
+        <v>138</v>
+      </c>
+      <c r="H173" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I173" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J173">
+        <v>5.668</v>
+      </c>
+      <c r="K173" t="str">
+        <v/>
+      </c>
+      <c r="L173">
+        <v>86834</v>
+      </c>
+      <c r="M173" t="str">
+        <v>tt1959490</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="str">
+        <v>Nowe szaty króla</v>
+      </c>
+      <c r="B174" t="str">
+        <v>The Emperor&amp;#x27;s New Groove</v>
+      </c>
+      <c r="C174">
+        <v>2000</v>
+      </c>
+      <c r="D174" t="str">
+        <v>Mark Dindal</v>
+      </c>
+      <c r="E174" t="str">
+        <v>David Reynolds, Mark Dindal, Chris Williams</v>
+      </c>
+      <c r="F174" t="str">
+        <v>Przygodowy, Animacja, Komedia, Familijny, Fantasy</v>
+      </c>
+      <c r="G174">
+        <v>78</v>
+      </c>
+      <c r="H174" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I174" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J174">
+        <v>7.558</v>
+      </c>
+      <c r="K174" t="str">
+        <v/>
+      </c>
+      <c r="L174">
+        <v>11688</v>
+      </c>
+      <c r="M174" t="str">
+        <v>tt0120917</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="str">
+        <v>Nowy początek</v>
+      </c>
+      <c r="B175" t="str">
+        <v>Arrival</v>
+      </c>
+      <c r="C175">
+        <v>2016</v>
+      </c>
+      <c r="D175" t="str">
+        <v>Denis Villeneuve</v>
+      </c>
+      <c r="E175" t="str">
+        <v>Eric Heisserer</v>
+      </c>
+      <c r="F175" t="str">
+        <v>Dramat, Sci-Fi, Tajemnica</v>
+      </c>
+      <c r="G175">
+        <v>116</v>
+      </c>
+      <c r="H175" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I175" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J175">
+        <v>7.623</v>
+      </c>
+      <c r="K175" t="str">
+        <v/>
+      </c>
+      <c r="L175">
+        <v>329865</v>
+      </c>
+      <c r="M175" t="str">
+        <v>tt2543164</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="str">
+        <v>Numer 23</v>
+      </c>
+      <c r="B176" t="str">
+        <v>The Number 23</v>
+      </c>
+      <c r="C176">
+        <v>2007</v>
+      </c>
+      <c r="D176" t="str">
+        <v>Joel Schumacher</v>
+      </c>
+      <c r="E176" t="str">
+        <v>Fernley Phillips</v>
+      </c>
+      <c r="F176" t="str">
+        <v>Thriller, Tajemnica, Kryminał</v>
+      </c>
+      <c r="G176">
+        <v>97</v>
+      </c>
+      <c r="H176" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I176" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J176">
+        <v>6.417</v>
+      </c>
+      <c r="K176" t="str">
+        <v/>
+      </c>
+      <c r="L176">
+        <v>3594</v>
+      </c>
+      <c r="M176" t="str">
+        <v>tt0481369</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="str">
+        <v>Obcy: 8 pasażer Nostromo</v>
+      </c>
+      <c r="B177" t="str">
+        <v>Alien</v>
+      </c>
+      <c r="C177">
+        <v>1979</v>
+      </c>
+      <c r="D177" t="str">
+        <v>Ridley Scott</v>
+      </c>
+      <c r="E177" t="str">
+        <v>Ronald Shusett, Dan O&amp;#x27;Bannon, Dan O&amp;#x27;Bannon</v>
+      </c>
+      <c r="F177" t="str">
+        <v>Horror, Sci-Fi</v>
+      </c>
+      <c r="G177">
+        <v>117</v>
+      </c>
+      <c r="H177" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I177" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J177">
+        <v>8.167</v>
+      </c>
+      <c r="K177" t="str">
+        <v/>
+      </c>
+      <c r="L177">
+        <v>348</v>
+      </c>
+      <c r="M177" t="str">
+        <v>tt0078748</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="str">
+        <v>Obecność</v>
+      </c>
+      <c r="B178" t="str">
+        <v>The Conjuring</v>
+      </c>
+      <c r="C178">
+        <v>2013</v>
+      </c>
+      <c r="D178" t="str">
+        <v>James Wan</v>
+      </c>
+      <c r="E178" t="str">
+        <v>Carey Hayes, Chad Hayes</v>
+      </c>
+      <c r="F178" t="str">
+        <v>Horror, Thriller</v>
+      </c>
+      <c r="G178">
+        <v>112</v>
+      </c>
+      <c r="H178" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I178" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J178">
+        <v>7.5</v>
+      </c>
+      <c r="K178" t="str">
+        <v/>
+      </c>
+      <c r="L178">
+        <v>138843</v>
+      </c>
+      <c r="M178" t="str">
+        <v>tt1457767</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="str">
+        <v>Ocean&amp;#x27;s Eleven: Ryzykowna gra</v>
+      </c>
+      <c r="B179" t="str">
+        <v>Ocean&amp;#x27;s Eleven</v>
+      </c>
+      <c r="C179">
+        <v>2001</v>
+      </c>
+      <c r="D179" t="str">
+        <v>Steven Soderbergh</v>
+      </c>
+      <c r="E179" t="str">
+        <v>Ted Griffin</v>
+      </c>
+      <c r="F179" t="str">
+        <v>Thriller, Kryminał</v>
+      </c>
+      <c r="G179">
+        <v>116</v>
+      </c>
+      <c r="H179" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I179" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J179">
+        <v>7.452</v>
+      </c>
+      <c r="K179" t="str">
+        <v/>
+      </c>
+      <c r="L179">
+        <v>161</v>
+      </c>
+      <c r="M179" t="str">
+        <v>tt0240772</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="str">
+        <v>Och, Karol 2</v>
+      </c>
+      <c r="B180" t="str">
+        <v/>
+      </c>
+      <c r="C180">
+        <v>2011</v>
+      </c>
+      <c r="D180" t="str">
+        <v>Piotr Wereśniak</v>
+      </c>
+      <c r="E180" t="str">
+        <v>Ilona Łepkowska, Piotr Wereśniak</v>
+      </c>
+      <c r="F180" t="str">
+        <v>Komedia, Romans</v>
+      </c>
+      <c r="G180">
+        <v>105</v>
+      </c>
+      <c r="H180" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I180" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J180">
+        <v>4.071</v>
+      </c>
+      <c r="K180" t="str">
+        <v/>
+      </c>
+      <c r="L180">
+        <v>65696</v>
+      </c>
+      <c r="M180" t="str">
+        <v>tt1808360</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="str">
+        <v>Oczy Julii</v>
+      </c>
+      <c r="B181" t="str">
+        <v>Julia&amp;#x27;s Eyes</v>
+      </c>
+      <c r="C181">
+        <v>2010</v>
+      </c>
+      <c r="D181" t="str">
+        <v>Guillem Morales</v>
+      </c>
+      <c r="E181" t="str">
+        <v>Oriol Paulo, Guillem Morales</v>
+      </c>
+      <c r="F181" t="str">
+        <v>Horror, Thriller</v>
+      </c>
+      <c r="G181">
+        <v>118</v>
+      </c>
+      <c r="H181" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I181" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J181">
+        <v>6.653</v>
+      </c>
+      <c r="K181" t="str">
+        <v/>
+      </c>
+      <c r="L181">
+        <v>52274</v>
+      </c>
+      <c r="M181" t="str">
+        <v>tt1512685</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="str">
+        <v>Oczy szeroko zamknięte</v>
+      </c>
+      <c r="B182" t="str">
+        <v>Eyes Wide Shut</v>
+      </c>
+      <c r="C182">
+        <v>1999</v>
+      </c>
+      <c r="D182" t="str">
+        <v>Stanley Kubrick</v>
+      </c>
+      <c r="E182" t="str">
+        <v>Stanley Kubrick, Frederic Raphael</v>
+      </c>
+      <c r="F182" t="str">
+        <v>Dramat, Thriller, Tajemnica</v>
+      </c>
+      <c r="G182">
+        <v>159</v>
+      </c>
+      <c r="H182" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I182" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J182">
+        <v>7.485</v>
+      </c>
+      <c r="K182" t="str">
+        <v/>
+      </c>
+      <c r="L182">
+        <v>345</v>
+      </c>
+      <c r="M182" t="str">
+        <v>tt0120663</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="str">
+        <v>Odlot</v>
+      </c>
+      <c r="B183" t="str">
+        <v>Up</v>
+      </c>
+      <c r="C183">
+        <v>2009</v>
+      </c>
+      <c r="D183" t="str">
+        <v>Pete Docter</v>
+      </c>
+      <c r="E183" t="str">
+        <v>Bob Peterson, Pete Docter, Bob Peterson</v>
+      </c>
+      <c r="F183" t="str">
+        <v>Animacja, Komedia, Familijny, Przygodowy</v>
+      </c>
+      <c r="G183">
+        <v>96</v>
+      </c>
+      <c r="H183" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I183" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J183">
+        <v>7.96</v>
+      </c>
+      <c r="K183" t="str">
+        <v/>
+      </c>
+      <c r="L183">
+        <v>14160</v>
+      </c>
+      <c r="M183" t="str">
+        <v>tt1049413</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="str">
+        <v>Ojciec Goriot</v>
+      </c>
+      <c r="B184" t="str">
+        <v>Old Goriot</v>
+      </c>
+      <c r="C184">
+        <v>2004</v>
+      </c>
+      <c r="D184" t="str">
+        <v>Jean-Daniel Verhaeghe</v>
+      </c>
+      <c r="E184" t="str">
+        <v/>
+      </c>
+      <c r="F184" t="str">
+        <v>Dramat, film TV</v>
+      </c>
+      <c r="G184">
+        <v>111</v>
+      </c>
+      <c r="H184" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I184" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J184">
+        <v>4.083</v>
+      </c>
+      <c r="K184" t="str">
+        <v/>
+      </c>
+      <c r="L184">
+        <v>319661</v>
+      </c>
+      <c r="M184" t="str">
+        <v>tt0427700</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="str">
+        <v>Ona</v>
+      </c>
+      <c r="B185" t="str">
+        <v>Her</v>
+      </c>
+      <c r="C185">
+        <v>2013</v>
+      </c>
+      <c r="D185" t="str">
+        <v>Spike Jonze</v>
+      </c>
+      <c r="E185" t="str">
+        <v>Spike Jonze</v>
+      </c>
+      <c r="F185" t="str">
+        <v>Romans, Sci-Fi, Dramat</v>
+      </c>
+      <c r="G185">
+        <v>126</v>
+      </c>
+      <c r="H185" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I185" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J185">
+        <v>7.845</v>
+      </c>
+      <c r="K185" t="str">
+        <v/>
+      </c>
+      <c r="L185">
+        <v>152601</v>
+      </c>
+      <c r="M185" t="str">
+        <v>tt1798709</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="str">
+        <v>Opowieści z Narnii: Podróż Wędrowca do Świtu</v>
+      </c>
+      <c r="B186" t="str">
+        <v>The Chronicles of Narnia: The Voyage of the Dawn Treader</v>
+      </c>
+      <c r="C186">
+        <v>2010</v>
+      </c>
+      <c r="D186" t="str">
+        <v>Michael Apted</v>
+      </c>
+      <c r="E186" t="str">
+        <v>Stephen McFeely, Michael Petroni, Christopher Markus</v>
+      </c>
+      <c r="F186" t="str">
+        <v>Przygodowy, Familijny, Fantasy</v>
+      </c>
+      <c r="G186">
+        <v>113</v>
+      </c>
+      <c r="H186" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I186" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J186">
+        <v>6.4</v>
+      </c>
+      <c r="K186" t="str">
+        <v/>
+      </c>
+      <c r="L186">
+        <v>10140</v>
+      </c>
+      <c r="M186" t="str">
+        <v>tt0980970</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="str">
+        <v>P.S. Kocham cię</v>
+      </c>
+      <c r="B187" t="str">
+        <v>P.S. I Love You</v>
+      </c>
+      <c r="C187">
+        <v>2007</v>
+      </c>
+      <c r="D187" t="str">
+        <v>Richard LaGravenese</v>
+      </c>
+      <c r="E187" t="str">
+        <v>Richard LaGravenese, Steven Rogers</v>
+      </c>
+      <c r="F187" t="str">
+        <v>Dramat, Romans</v>
+      </c>
+      <c r="G187">
+        <v>126</v>
+      </c>
+      <c r="H187" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I187" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J187">
+        <v>7.184</v>
+      </c>
+      <c r="K187" t="str">
+        <v/>
+      </c>
+      <c r="L187">
+        <v>6023</v>
+      </c>
+      <c r="M187" t="str">
+        <v>tt0431308</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="str">
+        <v>Pachnidło: Historia mordercy</v>
+      </c>
+      <c r="B188" t="str">
+        <v>Perfume: The Story of a Murderer</v>
+      </c>
+      <c r="C188">
+        <v>2006</v>
+      </c>
+      <c r="D188" t="str">
+        <v>Tom Tykwer</v>
+      </c>
+      <c r="E188" t="str">
+        <v>Andrew Birkin, Bernd Eichinger, Tom Tykwer</v>
+      </c>
+      <c r="F188" t="str">
+        <v>Kryminał, Fantasy, Dramat</v>
+      </c>
+      <c r="G188">
+        <v>147</v>
+      </c>
+      <c r="H188" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I188" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J188">
+        <v>7.366</v>
+      </c>
+      <c r="K188" t="str">
+        <v/>
+      </c>
+      <c r="L188">
+        <v>1427</v>
+      </c>
+      <c r="M188" t="str">
+        <v>tt0396171</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="str">
+        <v>Pamięć absolutna</v>
+      </c>
+      <c r="B189" t="str">
+        <v>Total Recall</v>
+      </c>
+      <c r="C189">
+        <v>2012</v>
+      </c>
+      <c r="D189" t="str">
+        <v>Len Wiseman</v>
+      </c>
+      <c r="E189" t="str">
+        <v>Mark Bomback, Kurt Wimmer</v>
+      </c>
+      <c r="F189" t="str">
+        <v>Akcja, Sci-Fi, Thriller</v>
+      </c>
+      <c r="G189">
+        <v>121</v>
+      </c>
+      <c r="H189" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I189" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J189">
+        <v>6.028</v>
+      </c>
+      <c r="K189" t="str">
+        <v/>
+      </c>
+      <c r="L189">
+        <v>64635</v>
+      </c>
+      <c r="M189" t="str">
+        <v>tt1386703</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="str">
+        <v>Pan i Pani Kiler</v>
+      </c>
+      <c r="B190" t="str">
+        <v>Killers</v>
+      </c>
+      <c r="C190">
+        <v>2010</v>
+      </c>
+      <c r="D190" t="str">
+        <v>Robert Luketic</v>
+      </c>
+      <c r="E190" t="str">
+        <v>Ted Griffin, Bob DeRosa, Bob DeRosa</v>
+      </c>
+      <c r="F190" t="str">
+        <v>Akcja, Komedia, Thriller, Romans</v>
+      </c>
+      <c r="G190">
+        <v>100</v>
+      </c>
+      <c r="H190" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I190" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J190">
+        <v>5.958</v>
+      </c>
+      <c r="K190" t="str">
+        <v/>
+      </c>
+      <c r="L190">
+        <v>37821</v>
+      </c>
+      <c r="M190" t="str">
+        <v>tt1103153</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="str">
+        <v>Pasażerowie</v>
+      </c>
+      <c r="B191" t="str">
+        <v>Passengers</v>
+      </c>
+      <c r="C191">
+        <v>2016</v>
+      </c>
+      <c r="D191" t="str">
+        <v>Morten Tyldum</v>
+      </c>
+      <c r="E191" t="str">
+        <v>Jon Spaihts</v>
+      </c>
+      <c r="F191" t="str">
+        <v>Dramat, Romans, Sci-Fi</v>
+      </c>
+      <c r="G191">
+        <v>116</v>
+      </c>
+      <c r="H191" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I191" t="str">
+        <v>Blu-ray</v>
+      </c>
+      <c r="J191">
+        <v>7</v>
+      </c>
+      <c r="K191" t="str">
+        <v/>
+      </c>
+      <c r="L191">
+        <v>274870</v>
+      </c>
+      <c r="M191" t="str">
+        <v>tt1355644</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="str">
+        <v>Pewnego razu… w Hollywood</v>
+      </c>
+      <c r="B192" t="str">
+        <v>Once Upon a Time... in Hollywood</v>
+      </c>
+      <c r="C192">
+        <v>2019</v>
+      </c>
+      <c r="D192" t="str">
+        <v>Quentin Tarantino</v>
+      </c>
+      <c r="E192" t="str">
+        <v>Quentin Tarantino</v>
+      </c>
+      <c r="F192" t="str">
+        <v>Komedia, Dramat, Thriller</v>
+      </c>
+      <c r="G192">
+        <v>162</v>
+      </c>
+      <c r="H192" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I192" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J192">
+        <v>7.426</v>
+      </c>
+      <c r="K192" t="str">
+        <v/>
+      </c>
+      <c r="L192">
+        <v>466272</v>
+      </c>
+      <c r="M192" t="str">
+        <v>tt7131622</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="str">
+        <v>Piątek 13-go</v>
+      </c>
+      <c r="B193" t="str">
+        <v>Friday the 13th</v>
+      </c>
+      <c r="C193">
+        <v>2009</v>
+      </c>
+      <c r="D193" t="str">
+        <v>Marcus Nispel</v>
+      </c>
+      <c r="E193" t="str">
+        <v>Damian Shannon, Mark Swift, Damian Shannon</v>
+      </c>
+      <c r="F193" t="str">
+        <v>Horror, Thriller</v>
+      </c>
+      <c r="G193">
+        <v>97</v>
+      </c>
+      <c r="H193" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I193" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J193">
+        <v>5.8</v>
+      </c>
+      <c r="K193" t="str">
+        <v/>
+      </c>
+      <c r="L193">
+        <v>13207</v>
+      </c>
+      <c r="M193" t="str">
+        <v>tt0758746</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="str">
+        <v>Piękna i rzeźnik</v>
+      </c>
+      <c r="B194" t="str">
+        <v>Freaky</v>
+      </c>
+      <c r="C194">
+        <v>2020</v>
+      </c>
+      <c r="D194" t="str">
+        <v>Christopher Landon</v>
+      </c>
+      <c r="E194" t="str">
+        <v>Christopher Landon, Michael Kennedy</v>
+      </c>
+      <c r="F194" t="str">
+        <v>Horror, Komedia</v>
+      </c>
+      <c r="G194">
+        <v>102</v>
+      </c>
+      <c r="H194" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I194" t="str">
+        <v>Blu-ray</v>
+      </c>
+      <c r="J194">
+        <v>6.555</v>
+      </c>
+      <c r="K194" t="str">
+        <v/>
+      </c>
+      <c r="L194">
+        <v>551804</v>
+      </c>
+      <c r="M194" t="str">
+        <v>tt10919380</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="str">
+        <v>Piękny umysł</v>
+      </c>
+      <c r="B195" t="str">
+        <v>A Beautiful Mind</v>
+      </c>
+      <c r="C195">
+        <v>2001</v>
+      </c>
+      <c r="D195" t="str">
+        <v>Ron Howard</v>
+      </c>
+      <c r="E195" t="str">
+        <v>Akiva Goldsman</v>
+      </c>
+      <c r="F195" t="str">
+        <v>Dramat, Romans</v>
+      </c>
+      <c r="G195">
+        <v>135</v>
+      </c>
+      <c r="H195" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I195" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J195">
+        <v>7.855</v>
+      </c>
+      <c r="K195" t="str">
+        <v/>
+      </c>
+      <c r="L195">
+        <v>453</v>
+      </c>
+      <c r="M195" t="str">
+        <v>tt0268978</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="str">
+        <v>Piła</v>
+      </c>
+      <c r="B196" t="str">
+        <v>Saw</v>
+      </c>
+      <c r="C196">
+        <v>2004</v>
+      </c>
+      <c r="D196" t="str">
+        <v>James Wan</v>
+      </c>
+      <c r="E196" t="str">
+        <v>Leigh Whannell, James Wan, Leigh Whannell</v>
+      </c>
+      <c r="F196" t="str">
+        <v>Horror, Tajemnica, Kryminał</v>
+      </c>
+      <c r="G196">
+        <v>103</v>
+      </c>
+      <c r="H196" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I196" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J196">
+        <v>7.418</v>
+      </c>
+      <c r="K196" t="str">
+        <v/>
+      </c>
+      <c r="L196">
+        <v>176</v>
+      </c>
+      <c r="M196" t="str">
+        <v>tt0387564</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="str">
+        <v>Plan Maggie</v>
+      </c>
+      <c r="B197" t="str">
+        <v>Maggie&amp;#x27;s Plan</v>
+      </c>
+      <c r="C197">
+        <v>2016</v>
+      </c>
+      <c r="D197" t="str">
+        <v>Rebecca Miller</v>
+      </c>
+      <c r="E197" t="str">
+        <v>Rebecca Miller, Karen Rinaldi</v>
+      </c>
+      <c r="F197" t="str">
+        <v>Dramat, Romans, Komedia</v>
+      </c>
+      <c r="G197">
+        <v>98</v>
+      </c>
+      <c r="H197" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I197" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J197">
+        <v>5.7</v>
+      </c>
+      <c r="K197" t="str">
+        <v/>
+      </c>
+      <c r="L197">
+        <v>312669</v>
+      </c>
+      <c r="M197" t="str">
+        <v>tt3471098</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="str">
+        <v>Planeta Singli</v>
+      </c>
+      <c r="B198" t="str">
+        <v>Planet Single</v>
+      </c>
+      <c r="C198">
+        <v>2016</v>
+      </c>
+      <c r="D198" t="str">
+        <v>Mitja Okorn</v>
+      </c>
+      <c r="E198" t="str">
+        <v>Urszula Antoniak, Sam Akina, Jules Jones</v>
+      </c>
+      <c r="F198" t="str">
+        <v>Komedia, Romans</v>
+      </c>
+      <c r="G198">
+        <v>135</v>
+      </c>
+      <c r="H198" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I198" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J198">
+        <v>6.556</v>
+      </c>
+      <c r="K198" t="str">
+        <v/>
+      </c>
+      <c r="L198">
+        <v>383682</v>
+      </c>
+      <c r="M198" t="str">
+        <v>tt5127398</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="str">
+        <v>Podwójny blef</v>
+      </c>
+      <c r="B199" t="str">
+        <v>The Good Thief</v>
+      </c>
+      <c r="C199">
+        <v>2003</v>
+      </c>
+      <c r="D199" t="str">
+        <v>Neil Jordan</v>
+      </c>
+      <c r="E199" t="str">
+        <v>Neil Jordan</v>
+      </c>
+      <c r="F199" t="str">
+        <v>Kryminał, Dramat, Thriller</v>
+      </c>
+      <c r="G199">
+        <v>108</v>
+      </c>
+      <c r="H199" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I199" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J199">
+        <v>6.072</v>
+      </c>
+      <c r="K199" t="str">
+        <v/>
+      </c>
+      <c r="L199">
+        <v>6016</v>
+      </c>
+      <c r="M199" t="str">
+        <v>tt0281820</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="str">
+        <v>Podziemny krąg</v>
+      </c>
+      <c r="B200" t="str">
+        <v>Fight Club</v>
+      </c>
+      <c r="C200">
+        <v>1999</v>
+      </c>
+      <c r="D200" t="str">
+        <v>David Fincher</v>
+      </c>
+      <c r="E200" t="str">
+        <v>Jim Uhls</v>
+      </c>
+      <c r="F200" t="str">
+        <v>Dramat, Thriller</v>
+      </c>
+      <c r="G200">
+        <v>139</v>
+      </c>
+      <c r="H200" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I200" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J200">
+        <v>8.438</v>
+      </c>
+      <c r="K200" t="str">
+        <v/>
+      </c>
+      <c r="L200">
+        <v>550</v>
+      </c>
+      <c r="M200" t="str">
+        <v>tt0137523</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="str">
+        <v>Pogrzebany</v>
+      </c>
+      <c r="B201" t="str">
+        <v>Buried</v>
+      </c>
+      <c r="C201">
+        <v>2010</v>
+      </c>
+      <c r="D201" t="str">
+        <v>Rodrigo Cortés</v>
+      </c>
+      <c r="E201" t="str">
+        <v>Chris Sparling</v>
+      </c>
+      <c r="F201" t="str">
+        <v>Dramat, Thriller, Tajemnica</v>
+      </c>
+      <c r="G201">
+        <v>95</v>
+      </c>
+      <c r="H201" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I201" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J201">
+        <v>6.63</v>
+      </c>
+      <c r="K201" t="str">
+        <v/>
+      </c>
+      <c r="L201">
+        <v>26388</v>
+      </c>
+      <c r="M201" t="str">
+        <v>tt1462758</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" t="str">
+        <v>Polowanie na druhny</v>
+      </c>
+      <c r="B202" t="str">
+        <v>Wedding Crashers</v>
+      </c>
+      <c r="C202">
+        <v>2005</v>
+      </c>
+      <c r="D202" t="str">
+        <v>David Dobkin</v>
+      </c>
+      <c r="E202" t="str">
+        <v>Bob Fisher, Steve Faber</v>
+      </c>
+      <c r="F202" t="str">
+        <v>Komedia, Romans</v>
+      </c>
+      <c r="G202">
+        <v>119</v>
+      </c>
+      <c r="H202" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I202" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J202">
+        <v>6.495</v>
+      </c>
+      <c r="K202" t="str">
+        <v/>
+      </c>
+      <c r="L202">
+        <v>9522</v>
+      </c>
+      <c r="M202" t="str">
+        <v>tt0396269</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="str">
+        <v>Pozew o miłość</v>
+      </c>
+      <c r="B203" t="str">
+        <v>Laws of Attraction</v>
+      </c>
+      <c r="C203">
+        <v>2004</v>
+      </c>
+      <c r="D203" t="str">
+        <v>Peter Howitt</v>
+      </c>
+      <c r="E203" t="str">
+        <v>Aline Brosh McKenna, Robert Harling, Aline Brosh McKenna</v>
+      </c>
+      <c r="F203" t="str">
+        <v>Komedia, Romans</v>
+      </c>
+      <c r="G203">
+        <v>90</v>
+      </c>
+      <c r="H203" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I203" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J203">
+        <v>5.8</v>
+      </c>
+      <c r="K203" t="str">
+        <v/>
+      </c>
+      <c r="L203">
+        <v>11141</v>
+      </c>
+      <c r="M203" t="str">
+        <v>tt0323033</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" t="str">
+        <v>Pozycja obowiązkowa</v>
+      </c>
+      <c r="B204" t="str">
+        <v>Book Club</v>
+      </c>
+      <c r="C204">
+        <v>2018</v>
+      </c>
+      <c r="D204" t="str">
+        <v>Bill Holderman</v>
+      </c>
+      <c r="E204" t="str">
+        <v>Bill Holderman, Erin Simms</v>
+      </c>
+      <c r="F204" t="str">
+        <v>Romans, Komedia, Dramat</v>
+      </c>
+      <c r="G204">
+        <v>104</v>
+      </c>
+      <c r="H204" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I204" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J204">
+        <v>6.2</v>
+      </c>
+      <c r="K204" t="str">
+        <v/>
+      </c>
+      <c r="L204">
+        <v>502682</v>
+      </c>
+      <c r="M204" t="str">
+        <v>tt6857166</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="str">
+        <v>Praktykant</v>
+      </c>
+      <c r="B205" t="str">
+        <v>The Intern</v>
+      </c>
+      <c r="C205">
+        <v>2015</v>
+      </c>
+      <c r="D205" t="str">
+        <v>Nancy Meyers</v>
+      </c>
+      <c r="E205" t="str">
+        <v>Nancy Meyers</v>
+      </c>
+      <c r="F205" t="str">
+        <v>Komedia</v>
+      </c>
+      <c r="G205">
+        <v>121</v>
+      </c>
+      <c r="H205" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I205" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J205">
+        <v>7.227</v>
+      </c>
+      <c r="K205" t="str">
+        <v/>
+      </c>
+      <c r="L205">
+        <v>257211</v>
+      </c>
+      <c r="M205" t="str">
+        <v>tt2361509</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" t="str">
+        <v>Pręgi</v>
+      </c>
+      <c r="B206" t="str">
+        <v>The Welts</v>
+      </c>
+      <c r="C206">
+        <v>2004</v>
+      </c>
+      <c r="D206" t="str">
+        <v>Magdalena Piekorz</v>
+      </c>
+      <c r="E206" t="str">
+        <v>Wojciech Kuczok</v>
+      </c>
+      <c r="F206" t="str">
+        <v>Dramat</v>
+      </c>
+      <c r="G206">
+        <v>91</v>
+      </c>
+      <c r="H206" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I206" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J206">
+        <v>6.8</v>
+      </c>
+      <c r="K206" t="str">
+        <v/>
+      </c>
+      <c r="L206">
+        <v>36402</v>
+      </c>
+      <c r="M206" t="str">
+        <v>tt0426173</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" t="str">
+        <v>Proces</v>
+      </c>
+      <c r="B207" t="str">
+        <v>The Trial</v>
+      </c>
+      <c r="C207">
+        <v>1980</v>
+      </c>
+      <c r="D207" t="str">
+        <v>Laco Adamik, Agnieszka Holland</v>
+      </c>
+      <c r="E207" t="str">
+        <v>Agnieszka Holland, Franz Kafka, Laco Adamik</v>
+      </c>
+      <c r="F207" t="str">
+        <v>Dramat</v>
+      </c>
+      <c r="G207">
+        <v>119</v>
+      </c>
+      <c r="H207" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I207" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J207" t="str">
+        <v/>
+      </c>
+      <c r="K207" t="str">
+        <v/>
+      </c>
+      <c r="L207">
+        <v>975491</v>
+      </c>
+      <c r="M207" t="str">
+        <v>tt16678512</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" t="str">
+        <v>Przed północą</v>
+      </c>
+      <c r="B208" t="str">
+        <v>Before Midnight</v>
+      </c>
+      <c r="C208">
+        <v>2013</v>
+      </c>
+      <c r="D208" t="str">
+        <v>Richard Linklater</v>
+      </c>
+      <c r="E208" t="str">
+        <v>Richard Linklater, Julie Delpy, Ethan Hawke</v>
+      </c>
+      <c r="F208" t="str">
+        <v>Romans, Dramat</v>
+      </c>
+      <c r="G208">
+        <v>108</v>
+      </c>
+      <c r="H208" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I208" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J208">
+        <v>7.504</v>
+      </c>
+      <c r="K208" t="str">
+        <v/>
+      </c>
+      <c r="L208">
+        <v>132344</v>
+      </c>
+      <c r="M208" t="str">
+        <v>tt2209418</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" t="str">
+        <v>Przed wschodem słońca</v>
+      </c>
+      <c r="B209" t="str">
+        <v>Before Sunrise</v>
+      </c>
+      <c r="C209">
+        <v>1995</v>
+      </c>
+      <c r="D209" t="str">
+        <v>Richard Linklater</v>
+      </c>
+      <c r="E209" t="str">
+        <v>Kim Krizan, Richard Linklater</v>
+      </c>
+      <c r="F209" t="str">
+        <v>Dramat, Romans</v>
+      </c>
+      <c r="G209">
+        <v>105</v>
+      </c>
+      <c r="H209" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I209" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J209">
+        <v>7.971</v>
+      </c>
+      <c r="K209" t="str">
+        <v/>
+      </c>
+      <c r="L209">
+        <v>76</v>
+      </c>
+      <c r="M209" t="str">
+        <v>tt0112471</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" t="str">
+        <v>Przed zachodem słońca</v>
+      </c>
+      <c r="B210" t="str">
+        <v>Before Sunset</v>
+      </c>
+      <c r="C210">
+        <v>2004</v>
+      </c>
+      <c r="D210" t="str">
+        <v>Richard Linklater</v>
+      </c>
+      <c r="E210" t="str">
+        <v>Richard Linklater, Julie Delpy, Ethan Hawke</v>
+      </c>
+      <c r="F210" t="str">
+        <v>Dramat, Romans</v>
+      </c>
+      <c r="G210">
+        <v>80</v>
+      </c>
+      <c r="H210" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I210" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J210">
+        <v>7.81</v>
+      </c>
+      <c r="K210" t="str">
+        <v/>
+      </c>
+      <c r="L210">
+        <v>80</v>
+      </c>
+      <c r="M210" t="str">
+        <v>tt0381681</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" t="str">
+        <v>Przedszkolanka</v>
+      </c>
+      <c r="B211" t="str">
+        <v>The Kindergarten Teacher</v>
+      </c>
+      <c r="C211">
+        <v>2018</v>
+      </c>
+      <c r="D211" t="str">
+        <v>Sara Colangelo</v>
+      </c>
+      <c r="E211" t="str">
+        <v>Sara Colangelo, Nadav Lapid</v>
+      </c>
+      <c r="F211" t="str">
+        <v>Dramat</v>
+      </c>
+      <c r="G211">
+        <v>96</v>
+      </c>
+      <c r="H211" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I211" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J211">
+        <v>6.56</v>
+      </c>
+      <c r="K211" t="str">
+        <v/>
+      </c>
+      <c r="L211">
+        <v>489927</v>
+      </c>
+      <c r="M211" t="str">
+        <v>tt6952960</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" t="str">
+        <v>Przełęcz ocalonych</v>
+      </c>
+      <c r="B212" t="str">
+        <v>Hacksaw Ridge</v>
+      </c>
+      <c r="C212">
+        <v>2016</v>
+      </c>
+      <c r="D212" t="str">
+        <v>Mel Gibson</v>
+      </c>
+      <c r="E212" t="str">
+        <v>Robert Schenkkan, Andrew Knight</v>
+      </c>
+      <c r="F212" t="str">
+        <v>Dramat, Historyczny, Wojenny</v>
+      </c>
+      <c r="G212">
+        <v>131</v>
+      </c>
+      <c r="H212" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I212" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J212">
+        <v>8.192</v>
+      </c>
+      <c r="K212" t="str">
+        <v/>
+      </c>
+      <c r="L212">
+        <v>324786</v>
+      </c>
+      <c r="M212" t="str">
+        <v>tt2119532</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" t="str">
+        <v>Przerwane objęcia</v>
+      </c>
+      <c r="B213" t="str">
+        <v>Broken Embraces</v>
+      </c>
+      <c r="C213">
+        <v>2009</v>
+      </c>
+      <c r="D213" t="str">
+        <v>Pedro Almodóvar</v>
+      </c>
+      <c r="E213" t="str">
+        <v>Pedro Almodóvar</v>
+      </c>
+      <c r="F213" t="str">
+        <v>Dramat, Romans, Thriller</v>
+      </c>
+      <c r="G213">
+        <v>127</v>
+      </c>
+      <c r="H213" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I213" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J213">
+        <v>7.1</v>
+      </c>
+      <c r="K213" t="str">
+        <v/>
+      </c>
+      <c r="L213">
+        <v>8088</v>
+      </c>
+      <c r="M213" t="str">
+        <v>tt0913425</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" t="str">
+        <v>Przysługa</v>
+      </c>
+      <c r="B214" t="str">
+        <v>Trading Favors</v>
+      </c>
+      <c r="C214">
+        <v>1997</v>
+      </c>
+      <c r="D214" t="str">
+        <v>Sondra Locke</v>
+      </c>
+      <c r="E214" t="str">
+        <v>Timothy Albaugh, Tag Mendillo, Timothy Albaugh</v>
+      </c>
+      <c r="F214" t="str">
+        <v>Kryminał, Dramat</v>
+      </c>
+      <c r="G214">
+        <v>103</v>
+      </c>
+      <c r="H214" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I214" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J214">
+        <v>4.4</v>
+      </c>
+      <c r="K214" t="str">
+        <v/>
+      </c>
+      <c r="L214">
+        <v>61183</v>
+      </c>
+      <c r="M214" t="str">
+        <v>tt0118993</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" t="str">
+        <v>Psychoza</v>
+      </c>
+      <c r="B215" t="str">
+        <v>Psycho</v>
+      </c>
+      <c r="C215">
+        <v>1960</v>
+      </c>
+      <c r="D215" t="str">
+        <v>Alfred Hitchcock</v>
+      </c>
+      <c r="E215" t="str">
+        <v>Joseph Stefano</v>
+      </c>
+      <c r="F215" t="str">
+        <v>Horror, Thriller, Tajemnica</v>
+      </c>
+      <c r="G215">
+        <v>109</v>
+      </c>
+      <c r="H215" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I215" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J215">
+        <v>8.421</v>
+      </c>
+      <c r="K215" t="str">
+        <v/>
+      </c>
+      <c r="L215">
+        <v>539</v>
+      </c>
+      <c r="M215" t="str">
+        <v>tt0054215</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" t="str">
+        <v>Pułapka</v>
+      </c>
+      <c r="B216" t="str">
+        <v>Trap</v>
+      </c>
+      <c r="C216">
+        <v>2024</v>
+      </c>
+      <c r="D216" t="str">
+        <v>M. Night Shyamalan</v>
+      </c>
+      <c r="E216" t="str">
+        <v>M. Night Shyamalan</v>
+      </c>
+      <c r="F216" t="str">
+        <v>Kryminał, Horror, Thriller</v>
+      </c>
+      <c r="G216">
+        <v>105</v>
+      </c>
+      <c r="H216" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I216" t="str">
+        <v>Blu-ray</v>
+      </c>
+      <c r="J216">
+        <v>6.245</v>
+      </c>
+      <c r="K216" t="str">
+        <v/>
+      </c>
+      <c r="L216">
+        <v>1032823</v>
+      </c>
+      <c r="M216" t="str">
+        <v>tt26753003</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" t="str">
+        <v>Raj dla Par</v>
+      </c>
+      <c r="B217" t="str">
+        <v>Couples Retreat</v>
+      </c>
+      <c r="C217">
+        <v>2009</v>
+      </c>
+      <c r="D217" t="str">
+        <v>Peter Billingsley</v>
+      </c>
+      <c r="E217" t="str">
+        <v>Dana Fox, Vince Vaughn, Jon Favreau</v>
+      </c>
+      <c r="F217" t="str">
+        <v>Komedia, Romans</v>
+      </c>
+      <c r="G217">
+        <v>113</v>
+      </c>
+      <c r="H217" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I217" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J217">
+        <v>5.551</v>
+      </c>
+      <c r="K217" t="str">
+        <v/>
+      </c>
+      <c r="L217">
+        <v>19899</v>
+      </c>
+      <c r="M217" t="str">
+        <v>tt1078940</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" t="str">
+        <v>Ratatuj</v>
+      </c>
+      <c r="B218" t="str">
+        <v>Ratatouille</v>
+      </c>
+      <c r="C218">
+        <v>2007</v>
+      </c>
+      <c r="D218" t="str">
+        <v>Brad Bird</v>
+      </c>
+      <c r="E218" t="str">
+        <v>Jan Pinkava, Jim Capobianco, Brad Bird</v>
+      </c>
+      <c r="F218" t="str">
+        <v>Animacja, Komedia, Familijny, Fantasy</v>
+      </c>
+      <c r="G218">
+        <v>110</v>
+      </c>
+      <c r="H218" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I218" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J218">
+        <v>7.834</v>
+      </c>
+      <c r="K218" t="str">
+        <v/>
+      </c>
+      <c r="L218">
+        <v>2062</v>
+      </c>
+      <c r="M218" t="str">
+        <v>tt0382932</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" t="str">
+        <v>Rayman Origins [PC]</v>
+      </c>
+      <c r="B219" t="str">
+        <v>Rayman Origins</v>
+      </c>
+      <c r="C219" t="str">
+        <v/>
+      </c>
+      <c r="D219" t="str">
+        <v/>
+      </c>
+      <c r="E219" t="str">
+        <v/>
+      </c>
+      <c r="F219" t="str">
+        <v/>
+      </c>
+      <c r="G219" t="str">
+        <v/>
+      </c>
+      <c r="H219" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I219" t="str">
+        <v/>
+      </c>
+      <c r="J219" t="str">
+        <v/>
+      </c>
+      <c r="K219" t="str">
+        <v/>
+      </c>
+      <c r="L219" t="str">
+        <v/>
+      </c>
+      <c r="M219" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" t="str">
+        <v>Rejs</v>
+      </c>
+      <c r="B220" t="str">
+        <v>The Cruise</v>
+      </c>
+      <c r="C220">
+        <v>1970</v>
+      </c>
+      <c r="D220" t="str">
+        <v>Marek Piwowski</v>
+      </c>
+      <c r="E220" t="str">
+        <v>Janusz Głowacki, Marek Piwowski</v>
+      </c>
+      <c r="F220" t="str">
+        <v>Komedia, Dramat</v>
+      </c>
+      <c r="G220">
+        <v>65</v>
+      </c>
+      <c r="H220" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I220" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J220">
+        <v>7</v>
+      </c>
+      <c r="K220" t="str">
+        <v/>
+      </c>
+      <c r="L220">
+        <v>36404</v>
+      </c>
+      <c r="M220" t="str">
+        <v>tt0066289</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" t="str">
+        <v>Rio</v>
+      </c>
+      <c r="B221" t="str">
+        <v/>
+      </c>
+      <c r="C221">
+        <v>2011</v>
+      </c>
+      <c r="D221" t="str">
+        <v>Carlos Saldanha</v>
+      </c>
+      <c r="E221" t="str">
+        <v>Don Rhymer, Carlos Saldanha, Earl Richey Jones</v>
+      </c>
+      <c r="F221" t="str">
+        <v>Animacja, Przygodowy, Komedia, Familijny</v>
+      </c>
+      <c r="G221">
+        <v>96</v>
+      </c>
+      <c r="H221" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I221" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J221">
+        <v>6.753</v>
+      </c>
+      <c r="K221" t="str">
+        <v/>
+      </c>
+      <c r="L221">
+        <v>46195</v>
+      </c>
+      <c r="M221" t="str">
+        <v>tt1436562</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" t="str">
+        <v>Rio 2</v>
+      </c>
+      <c r="B222" t="str">
+        <v/>
+      </c>
+      <c r="C222">
+        <v>2014</v>
+      </c>
+      <c r="D222" t="str">
+        <v>Carlos Saldanha</v>
+      </c>
+      <c r="E222" t="str">
+        <v>Jenny Bicks, Carlos Kotkin, Don Rhymer</v>
+      </c>
+      <c r="F222" t="str">
+        <v>Animacja, Przygodowy, Komedia, Familijny</v>
+      </c>
+      <c r="G222">
+        <v>102</v>
+      </c>
+      <c r="H222" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I222" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J222">
+        <v>6.524</v>
+      </c>
+      <c r="K222" t="str">
+        <v/>
+      </c>
+      <c r="L222">
+        <v>172385</v>
+      </c>
+      <c r="M222" t="str">
+        <v>tt2357291</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" t="str">
+        <v>Robinson Crusoe</v>
+      </c>
+      <c r="B223" t="str">
+        <v/>
+      </c>
+      <c r="C223">
+        <v>1997</v>
+      </c>
+      <c r="D223" t="str">
+        <v>George T. Miller, Rod Hardy</v>
+      </c>
+      <c r="E223" t="str">
+        <v>Christopher Lofton, Tracy Keenan Wynn, Christopher Canaan</v>
+      </c>
+      <c r="F223" t="str">
+        <v>Akcja, Przygodowy, Dramat</v>
+      </c>
+      <c r="G223">
+        <v>92</v>
+      </c>
+      <c r="H223" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I223" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J223">
+        <v>5.971</v>
+      </c>
+      <c r="K223" t="str">
+        <v/>
+      </c>
+      <c r="L223">
+        <v>11210</v>
+      </c>
+      <c r="M223" t="str">
+        <v>tt0117496</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" t="str">
+        <v>Rocketman</v>
+      </c>
+      <c r="B224" t="str">
+        <v/>
+      </c>
+      <c r="C224">
+        <v>2019</v>
+      </c>
+      <c r="D224" t="str">
+        <v>Dexter Fletcher</v>
+      </c>
+      <c r="E224" t="str">
+        <v>Lee Hall</v>
+      </c>
+      <c r="F224" t="str">
+        <v>Muzyczny, Dramat</v>
+      </c>
+      <c r="G224">
+        <v>121</v>
+      </c>
+      <c r="H224" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I224" t="str">
+        <v>Blu-ray</v>
+      </c>
+      <c r="J224">
+        <v>7.309</v>
+      </c>
+      <c r="K224" t="str">
+        <v/>
+      </c>
+      <c r="L224">
+        <v>504608</v>
+      </c>
+      <c r="M224" t="str">
+        <v>tt2066051</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" t="str">
+        <v>Rzeka życia</v>
+      </c>
+      <c r="B225" t="str">
+        <v>A River Runs Through It</v>
+      </c>
+      <c r="C225">
+        <v>1992</v>
+      </c>
+      <c r="D225" t="str">
+        <v>Robert Redford</v>
+      </c>
+      <c r="E225" t="str">
+        <v>Richard Friedenberg, Norman Maclean</v>
+      </c>
+      <c r="F225" t="str">
+        <v>Dramat, Familijny</v>
+      </c>
+      <c r="G225">
+        <v>123</v>
+      </c>
+      <c r="H225" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I225" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J225">
+        <v>7.03</v>
+      </c>
+      <c r="K225" t="str">
+        <v/>
+      </c>
+      <c r="L225">
+        <v>293</v>
+      </c>
+      <c r="M225" t="str">
+        <v>tt0105265</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" t="str">
+        <v>Sabrina</v>
+      </c>
+      <c r="B226" t="str">
+        <v/>
+      </c>
+      <c r="C226">
+        <v>1995</v>
+      </c>
+      <c r="D226" t="str">
+        <v>Sydney Pollack</v>
+      </c>
+      <c r="E226" t="str">
+        <v>Barbara Benedek, David Rayfiel</v>
+      </c>
+      <c r="F226" t="str">
+        <v>Romans, Dramat, Komedia</v>
+      </c>
+      <c r="G226">
+        <v>127</v>
+      </c>
+      <c r="H226" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I226" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J226">
+        <v>6.212</v>
+      </c>
+      <c r="K226" t="str">
+        <v/>
+      </c>
+      <c r="L226">
+        <v>11860</v>
+      </c>
+      <c r="M226" t="str">
+        <v>tt0114319</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" t="str">
+        <v>Sala samobójców</v>
+      </c>
+      <c r="B227" t="str">
+        <v>Suicide Room</v>
+      </c>
+      <c r="C227">
+        <v>2011</v>
+      </c>
+      <c r="D227" t="str">
+        <v>Jan Komasa</v>
+      </c>
+      <c r="E227" t="str">
+        <v>Jan Komasa</v>
+      </c>
+      <c r="F227" t="str">
+        <v>Dramat, Thriller</v>
+      </c>
+      <c r="G227">
+        <v>110</v>
+      </c>
+      <c r="H227" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I227" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J227">
+        <v>7.3</v>
+      </c>
+      <c r="K227" t="str">
+        <v/>
+      </c>
+      <c r="L227">
+        <v>72478</v>
+      </c>
+      <c r="M227" t="str">
+        <v>tt1808454</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" t="str">
+        <v>Sanctum</v>
+      </c>
+      <c r="B228" t="str">
+        <v/>
+      </c>
+      <c r="C228">
+        <v>2011</v>
+      </c>
+      <c r="D228" t="str">
+        <v>Alister Grierson</v>
+      </c>
+      <c r="E228" t="str">
+        <v>John Garvin, Andrew Wight</v>
+      </c>
+      <c r="F228" t="str">
+        <v>Akcja, Thriller</v>
+      </c>
+      <c r="G228">
+        <v>108</v>
+      </c>
+      <c r="H228" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I228" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J228">
+        <v>6.04</v>
+      </c>
+      <c r="K228" t="str">
+        <v/>
+      </c>
+      <c r="L228">
+        <v>48340</v>
+      </c>
+      <c r="M228" t="str">
+        <v>tt0881320</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" t="str">
+        <v>Searching</v>
+      </c>
+      <c r="B229" t="str">
+        <v/>
+      </c>
+      <c r="C229">
+        <v>2018</v>
+      </c>
+      <c r="D229" t="str">
+        <v>Aneesh Chaganty</v>
+      </c>
+      <c r="E229" t="str">
+        <v>Aneesh Chaganty, Sev Ohanian</v>
+      </c>
+      <c r="F229" t="str">
+        <v>Dramat, Tajemnica, Thriller</v>
+      </c>
+      <c r="G229">
+        <v>102</v>
+      </c>
+      <c r="H229" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I229" t="str">
+        <v>Blu-ray</v>
+      </c>
+      <c r="J229">
+        <v>7.6</v>
+      </c>
+      <c r="K229" t="str">
+        <v/>
+      </c>
+      <c r="L229">
+        <v>489999</v>
+      </c>
+      <c r="M229" t="str">
+        <v>tt7668870</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" t="str">
+        <v>Sekretne życie zwierzaków domowych</v>
+      </c>
+      <c r="B230" t="str">
+        <v>The Secret Life of Pets</v>
+      </c>
+      <c r="C230">
+        <v>2016</v>
+      </c>
+      <c r="D230" t="str">
+        <v>Chris Renaud</v>
+      </c>
+      <c r="E230" t="str">
+        <v>Ken Daurio, Cinco Paul, Brian Lynch</v>
+      </c>
+      <c r="F230" t="str">
+        <v>Familijny, Komedia, Przygodowy, Animacja</v>
+      </c>
+      <c r="G230">
+        <v>90</v>
+      </c>
+      <c r="H230" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I230" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J230">
+        <v>6.3</v>
+      </c>
+      <c r="K230" t="str">
+        <v/>
+      </c>
+      <c r="L230">
+        <v>328111</v>
+      </c>
+      <c r="M230" t="str">
+        <v>tt2709768</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" t="str">
+        <v>Sen Kasandry</v>
+      </c>
+      <c r="B231" t="str">
+        <v>Cassandra&amp;#x27;s Dream</v>
+      </c>
+      <c r="C231">
+        <v>2007</v>
+      </c>
+      <c r="D231" t="str">
+        <v>Woody Allen</v>
+      </c>
+      <c r="E231" t="str">
+        <v>Woody Allen</v>
+      </c>
+      <c r="F231" t="str">
+        <v>Kryminał, Dramat, Thriller</v>
+      </c>
+      <c r="G231">
+        <v>108</v>
+      </c>
+      <c r="H231" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I231" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J231">
+        <v>6.275</v>
+      </c>
+      <c r="K231" t="str">
+        <v/>
+      </c>
+      <c r="L231">
+        <v>4787</v>
+      </c>
+      <c r="M231" t="str">
+        <v>tt0795493</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" t="str">
+        <v>Serce nie sługa</v>
+      </c>
+      <c r="B232" t="str">
+        <v>Prime</v>
+      </c>
+      <c r="C232">
+        <v>2005</v>
+      </c>
+      <c r="D232" t="str">
+        <v>Ben Younger</v>
+      </c>
+      <c r="E232" t="str">
+        <v>Ben Younger</v>
+      </c>
+      <c r="F232" t="str">
+        <v>Komedia, Dramat, Romans</v>
+      </c>
+      <c r="G232">
+        <v>102</v>
+      </c>
+      <c r="H232" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I232" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J232">
+        <v>5.974</v>
+      </c>
+      <c r="K232" t="str">
+        <v/>
+      </c>
+      <c r="L232">
+        <v>2313</v>
+      </c>
+      <c r="M232" t="str">
+        <v>tt0387514</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" t="str">
+        <v>Sędzia</v>
+      </c>
+      <c r="B233" t="str">
+        <v>The Judge</v>
+      </c>
+      <c r="C233">
+        <v>2014</v>
+      </c>
+      <c r="D233" t="str">
+        <v>David Dobkin</v>
+      </c>
+      <c r="E233" t="str">
+        <v>Bill Dubuque, David Dobkin, Nick Schenk</v>
+      </c>
+      <c r="F233" t="str">
+        <v>Dramat</v>
+      </c>
+      <c r="G233">
+        <v>141</v>
+      </c>
+      <c r="H233" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I233" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J233">
+        <v>7.328</v>
+      </c>
+      <c r="K233" t="str">
+        <v/>
+      </c>
+      <c r="L233">
+        <v>205587</v>
+      </c>
+      <c r="M233" t="str">
+        <v>tt1872194</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" t="str">
+        <v>Showgirls</v>
+      </c>
+      <c r="B234" t="str">
+        <v/>
+      </c>
+      <c r="C234">
+        <v>1995</v>
+      </c>
+      <c r="D234" t="str">
+        <v>Paul Verhoeven</v>
+      </c>
+      <c r="E234" t="str">
+        <v>Joe Eszterhas</v>
+      </c>
+      <c r="F234" t="str">
+        <v>Dramat</v>
+      </c>
+      <c r="G234">
+        <v>131</v>
+      </c>
+      <c r="H234" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I234" t="str">
+        <v>Blu-ray</v>
+      </c>
+      <c r="J234">
+        <v>5.578</v>
+      </c>
+      <c r="K234" t="str">
+        <v/>
+      </c>
+      <c r="L234">
+        <v>10802</v>
+      </c>
+      <c r="M234" t="str">
+        <v>tt0114436</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" t="str">
+        <v>Shrek</v>
+      </c>
+      <c r="B235" t="str">
+        <v/>
+      </c>
+      <c r="C235">
+        <v>2001</v>
+      </c>
+      <c r="D235" t="str">
+        <v>Andrew Adamson, Vicky Jenson</v>
+      </c>
+      <c r="E235" t="str">
+        <v>Ted Elliott, Roger S.H. Schulman, Joe Stillman</v>
+      </c>
+      <c r="F235" t="str">
+        <v>Animacja, Komedia, Fantasy, Przygodowy, Familijny</v>
+      </c>
+      <c r="G235">
+        <v>90</v>
+      </c>
+      <c r="H235" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I235" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J235">
+        <v>7.754</v>
+      </c>
+      <c r="K235" t="str">
+        <v/>
+      </c>
+      <c r="L235">
+        <v>808</v>
+      </c>
+      <c r="M235" t="str">
+        <v>tt0126029</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" t="str">
+        <v>Shrek 2</v>
+      </c>
+      <c r="B236" t="str">
+        <v/>
+      </c>
+      <c r="C236">
+        <v>2004</v>
+      </c>
+      <c r="D236" t="str">
+        <v>Conrad Vernon, Kelly Asbury, Andrew Adamson</v>
+      </c>
+      <c r="E236" t="str">
+        <v>David N. Weiss, J. David Stem, Joe Stillman</v>
+      </c>
+      <c r="F236" t="str">
+        <v>Animacja, Familijny, Komedia, Fantasy, Przygodowy, Romans</v>
+      </c>
+      <c r="G236">
+        <v>92</v>
+      </c>
+      <c r="H236" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I236" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J236">
+        <v>7.302</v>
+      </c>
+      <c r="K236" t="str">
+        <v/>
+      </c>
+      <c r="L236">
+        <v>809</v>
+      </c>
+      <c r="M236" t="str">
+        <v>tt0298148</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" t="str">
+        <v>Shrek Forever</v>
+      </c>
+      <c r="B237" t="str">
+        <v>Shrek Forever After</v>
+      </c>
+      <c r="C237">
+        <v>2010</v>
+      </c>
+      <c r="D237" t="str">
+        <v>Mike Mitchell</v>
+      </c>
+      <c r="E237" t="str">
+        <v>Josh Klausner, Darren Lemke</v>
+      </c>
+      <c r="F237" t="str">
+        <v>Komedia, Przygodowy, Fantasy, Animacja, Familijny</v>
+      </c>
+      <c r="G237">
+        <v>93</v>
+      </c>
+      <c r="H237" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I237" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J237">
+        <v>6.391</v>
+      </c>
+      <c r="K237" t="str">
+        <v/>
+      </c>
+      <c r="L237">
+        <v>10192</v>
+      </c>
+      <c r="M237" t="str">
+        <v>tt0892791</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" t="str">
+        <v>Shrek Trzeci</v>
+      </c>
+      <c r="B238" t="str">
+        <v>Shrek the Third</v>
+      </c>
+      <c r="C238">
+        <v>2007</v>
+      </c>
+      <c r="D238" t="str">
+        <v>Chris Miller</v>
+      </c>
+      <c r="E238" t="str">
+        <v>Jeffrey Price, Peter S. Seaman, Chris Miller</v>
+      </c>
+      <c r="F238" t="str">
+        <v>Fantasy, Przygodowy, Animacja, Komedia, Familijny</v>
+      </c>
+      <c r="G238">
+        <v>93</v>
+      </c>
+      <c r="H238" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I238" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J238">
+        <v>6.3</v>
+      </c>
+      <c r="K238" t="str">
+        <v/>
+      </c>
+      <c r="L238">
+        <v>810</v>
+      </c>
+      <c r="M238" t="str">
+        <v>tt0413267</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" t="str">
+        <v>Siedem</v>
+      </c>
+      <c r="B239" t="str">
+        <v>Se7en</v>
+      </c>
+      <c r="C239">
+        <v>1995</v>
+      </c>
+      <c r="D239" t="str">
+        <v>David Fincher</v>
+      </c>
+      <c r="E239" t="str">
+        <v>Andrew Kevin Walker</v>
+      </c>
+      <c r="F239" t="str">
+        <v>Kryminał, Tajemnica, Thriller</v>
+      </c>
+      <c r="G239">
+        <v>127</v>
+      </c>
+      <c r="H239" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I239" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J239">
+        <v>8.378</v>
+      </c>
+      <c r="K239" t="str">
+        <v/>
+      </c>
+      <c r="L239">
+        <v>807</v>
+      </c>
+      <c r="M239" t="str">
+        <v>tt0114369</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" t="str">
+        <v>Siedem lat w Tybecie</v>
+      </c>
+      <c r="B240" t="str">
+        <v>Seven Years in Tibet</v>
+      </c>
+      <c r="C240">
+        <v>1997</v>
+      </c>
+      <c r="D240" t="str">
+        <v>Jean-Jacques Annaud</v>
+      </c>
+      <c r="E240" t="str">
+        <v>Becky Johnston</v>
+      </c>
+      <c r="F240" t="str">
+        <v>Przygodowy, Dramat, Historyczny</v>
+      </c>
+      <c r="G240">
+        <v>139</v>
+      </c>
+      <c r="H240" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I240" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J240">
+        <v>7.16</v>
+      </c>
+      <c r="K240" t="str">
+        <v/>
+      </c>
+      <c r="L240">
+        <v>978</v>
+      </c>
+      <c r="M240" t="str">
+        <v>tt0120102</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" t="str">
+        <v>Sierociniec</v>
+      </c>
+      <c r="B241" t="str">
+        <v>The Orphanage</v>
+      </c>
+      <c r="C241">
+        <v>2007</v>
+      </c>
+      <c r="D241" t="str">
+        <v>J. A. Bayona</v>
+      </c>
+      <c r="E241" t="str">
+        <v>Sergio G. Sánchez</v>
+      </c>
+      <c r="F241" t="str">
+        <v>Horror, Dramat, Thriller</v>
+      </c>
+      <c r="G241">
+        <v>105</v>
+      </c>
+      <c r="H241" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I241" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J241">
+        <v>7.229</v>
+      </c>
+      <c r="K241" t="str">
+        <v/>
+      </c>
+      <c r="L241">
+        <v>6537</v>
+      </c>
+      <c r="M241" t="str">
+        <v>tt0464141</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" t="str">
+        <v>Sierota</v>
+      </c>
+      <c r="B242" t="str">
+        <v>Orphan</v>
+      </c>
+      <c r="C242">
+        <v>2009</v>
+      </c>
+      <c r="D242" t="str">
+        <v>Jaume Collet-Serra</v>
+      </c>
+      <c r="E242" t="str">
+        <v>Alex Mace, David Leslie Johnson-McGoldrick</v>
+      </c>
+      <c r="F242" t="str">
+        <v>Horror, Thriller</v>
+      </c>
+      <c r="G242">
+        <v>122</v>
+      </c>
+      <c r="H242" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I242" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J242">
+        <v>7</v>
+      </c>
+      <c r="K242" t="str">
+        <v/>
+      </c>
+      <c r="L242">
+        <v>21208</v>
+      </c>
+      <c r="M242" t="str">
+        <v>tt1148204</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" t="str">
+        <v>Sing</v>
+      </c>
+      <c r="B243" t="str">
+        <v/>
+      </c>
+      <c r="C243">
+        <v>2016</v>
+      </c>
+      <c r="D243" t="str">
+        <v>Garth Jennings</v>
+      </c>
+      <c r="E243" t="str">
+        <v>Garth Jennings</v>
+      </c>
+      <c r="F243" t="str">
+        <v>Familijny, Komedia, Muzyczny, Animacja</v>
+      </c>
+      <c r="G243">
+        <v>110</v>
+      </c>
+      <c r="H243" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I243" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J243">
+        <v>7.119</v>
+      </c>
+      <c r="K243" t="str">
+        <v/>
+      </c>
+      <c r="L243">
+        <v>335797</v>
+      </c>
+      <c r="M243" t="str">
+        <v>tt3470600</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" t="str">
+        <v>Sisu</v>
+      </c>
+      <c r="B244" t="str">
+        <v/>
+      </c>
+      <c r="C244">
+        <v>2022</v>
+      </c>
+      <c r="D244" t="str">
+        <v>Jalmari Helander</v>
+      </c>
+      <c r="E244" t="str">
+        <v>Jalmari Helander</v>
+      </c>
+      <c r="F244" t="str">
+        <v>Akcja, Wojenny</v>
+      </c>
+      <c r="G244">
+        <v>91</v>
+      </c>
+      <c r="H244" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I244" t="str">
+        <v>Blu-ray</v>
+      </c>
+      <c r="J244">
+        <v>7.413</v>
+      </c>
+      <c r="K244" t="str">
+        <v/>
+      </c>
+      <c r="L244">
+        <v>840326</v>
+      </c>
+      <c r="M244" t="str">
+        <v>tt14846026</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" t="str">
+        <v>Skaza</v>
+      </c>
+      <c r="B245" t="str">
+        <v>Damage</v>
+      </c>
+      <c r="C245">
+        <v>1992</v>
+      </c>
+      <c r="D245" t="str">
+        <v>Louis Malle</v>
+      </c>
+      <c r="E245" t="str">
+        <v>David Hare</v>
+      </c>
+      <c r="F245" t="str">
+        <v>Dramat, Romans</v>
+      </c>
+      <c r="G245">
+        <v>111</v>
+      </c>
+      <c r="H245" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I245" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J245">
+        <v>6.586</v>
+      </c>
+      <c r="K245" t="str">
+        <v/>
+      </c>
+      <c r="L245">
+        <v>11012</v>
+      </c>
+      <c r="M245" t="str">
+        <v>tt0104237</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" t="str">
+        <v>Skazani na Shawshank</v>
+      </c>
+      <c r="B246" t="str">
+        <v>The Shawshank Redemption</v>
+      </c>
+      <c r="C246">
+        <v>1994</v>
+      </c>
+      <c r="D246" t="str">
+        <v>Frank Darabont</v>
+      </c>
+      <c r="E246" t="str">
+        <v>Frank Darabont</v>
+      </c>
+      <c r="F246" t="str">
+        <v>Dramat, Kryminał</v>
+      </c>
+      <c r="G246">
+        <v>144</v>
+      </c>
+      <c r="H246" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I246" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J246">
+        <v>8.713</v>
+      </c>
+      <c r="K246" t="str">
+        <v/>
+      </c>
+      <c r="L246">
+        <v>278</v>
+      </c>
+      <c r="M246" t="str">
+        <v>tt0111161</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" t="str">
+        <v>Slumdog. Milioner z ulicy</v>
+      </c>
+      <c r="B247" t="str">
+        <v>Slumdog Millionaire</v>
+      </c>
+      <c r="C247">
+        <v>2008</v>
+      </c>
+      <c r="D247" t="str">
+        <v>Danny Boyle</v>
+      </c>
+      <c r="E247" t="str">
+        <v>Simon Beaufoy</v>
+      </c>
+      <c r="F247" t="str">
+        <v>Dramat, Romans</v>
+      </c>
+      <c r="G247">
+        <v>120</v>
+      </c>
+      <c r="H247" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I247" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J247">
+        <v>7.73</v>
+      </c>
+      <c r="K247" t="str">
+        <v/>
+      </c>
+      <c r="L247">
+        <v>12405</v>
+      </c>
+      <c r="M247" t="str">
+        <v>tt1010048</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" t="str">
+        <v>Smak życia 3, czyli chińska układanka</v>
+      </c>
+      <c r="B248" t="str">
+        <v>Chinese Puzzle</v>
+      </c>
+      <c r="C248">
+        <v>2013</v>
+      </c>
+      <c r="D248" t="str">
+        <v>Cédric Klapisch</v>
+      </c>
+      <c r="E248" t="str">
+        <v>Cédric Klapisch</v>
+      </c>
+      <c r="F248" t="str">
+        <v>Komedia, Dramat, Romans</v>
+      </c>
+      <c r="G248">
+        <v>117</v>
+      </c>
+      <c r="H248" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I248" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J248">
+        <v>6.567</v>
+      </c>
+      <c r="K248" t="str">
+        <v/>
+      </c>
+      <c r="L248">
+        <v>206408</v>
+      </c>
+      <c r="M248" t="str">
+        <v>tt1937118</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" t="str">
+        <v>Smakosz 2</v>
+      </c>
+      <c r="B249" t="str">
+        <v>Jeepers Creepers 2</v>
+      </c>
+      <c r="C249">
+        <v>2003</v>
+      </c>
+      <c r="D249" t="str">
+        <v>Victor Salva</v>
+      </c>
+      <c r="E249" t="str">
+        <v>Victor Salva</v>
+      </c>
+      <c r="F249" t="str">
+        <v>Horror</v>
+      </c>
+      <c r="G249">
+        <v>104</v>
+      </c>
+      <c r="H249" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I249" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J249">
+        <v>6.153</v>
+      </c>
+      <c r="K249" t="str">
+        <v/>
+      </c>
+      <c r="L249">
+        <v>11351</v>
+      </c>
+      <c r="M249" t="str">
+        <v>tt0301470</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" t="str">
+        <v>Spider-Man</v>
+      </c>
+      <c r="B250" t="str">
+        <v/>
+      </c>
+      <c r="C250">
+        <v>2002</v>
+      </c>
+      <c r="D250" t="str">
+        <v>Sam Raimi</v>
+      </c>
+      <c r="E250" t="str">
+        <v>David Koepp</v>
+      </c>
+      <c r="F250" t="str">
+        <v>Akcja, Sci-Fi</v>
+      </c>
+      <c r="G250">
+        <v>121</v>
+      </c>
+      <c r="H250" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I250" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J250">
+        <v>7.317</v>
+      </c>
+      <c r="K250" t="str">
+        <v/>
+      </c>
+      <c r="L250">
+        <v>557</v>
+      </c>
+      <c r="M250" t="str">
+        <v>tt0145487</v>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" t="str">
+        <v>Spider-Man 2</v>
+      </c>
+      <c r="B251" t="str">
+        <v/>
+      </c>
+      <c r="C251">
+        <v>2004</v>
+      </c>
+      <c r="D251" t="str">
+        <v>Sam Raimi</v>
+      </c>
+      <c r="E251" t="str">
+        <v>Alvin Sargent</v>
+      </c>
+      <c r="F251" t="str">
+        <v>Akcja, Przygodowy, Sci-Fi</v>
+      </c>
+      <c r="G251">
+        <v>127</v>
+      </c>
+      <c r="H251" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I251" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J251">
+        <v>7.296</v>
+      </c>
+      <c r="K251" t="str">
+        <v/>
+      </c>
+      <c r="L251">
+        <v>558</v>
+      </c>
+      <c r="M251" t="str">
+        <v>tt0316654</v>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" t="str">
+        <v>Stary, kocham cię</v>
+      </c>
+      <c r="B252" t="str">
+        <v>I Love You, Man</v>
+      </c>
+      <c r="C252">
+        <v>2009</v>
+      </c>
+      <c r="D252" t="str">
+        <v>John Hamburg</v>
+      </c>
+      <c r="E252" t="str">
+        <v>John Hamburg, Larry Levin, Larry Levin</v>
+      </c>
+      <c r="F252" t="str">
+        <v>Komedia, Romans</v>
+      </c>
+      <c r="G252">
+        <v>105</v>
+      </c>
+      <c r="H252" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I252" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J252">
+        <v>6.6</v>
+      </c>
+      <c r="K252" t="str">
+        <v/>
+      </c>
+      <c r="L252">
+        <v>16538</v>
+      </c>
+      <c r="M252" t="str">
+        <v>tt1155056</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" t="str">
+        <v>Step Up 2</v>
+      </c>
+      <c r="B253" t="str">
+        <v>Step Up 2: The Streets</v>
+      </c>
+      <c r="C253">
+        <v>2008</v>
+      </c>
+      <c r="D253" t="str">
+        <v>Jon M. Chu</v>
+      </c>
+      <c r="E253" t="str">
+        <v>Karen Barna, Duane Adler, Toni Ann Johnson</v>
+      </c>
+      <c r="F253" t="str">
+        <v>Muzyczny, Dramat, Romans</v>
+      </c>
+      <c r="G253">
+        <v>98</v>
+      </c>
+      <c r="H253" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I253" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J253">
+        <v>6.691</v>
+      </c>
+      <c r="K253" t="str">
+        <v/>
+      </c>
+      <c r="L253">
+        <v>8328</v>
+      </c>
+      <c r="M253" t="str">
+        <v>tt1023481</v>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" t="str">
+        <v>Step Up 3-D</v>
+      </c>
+      <c r="B254" t="str">
+        <v>Step Up 3D</v>
+      </c>
+      <c r="C254">
+        <v>2010</v>
+      </c>
+      <c r="D254" t="str">
+        <v>Jon M. Chu</v>
+      </c>
+      <c r="E254" t="str">
+        <v>Amy Andelson, Emily Meyer</v>
+      </c>
+      <c r="F254" t="str">
+        <v>Dramat, Romans</v>
+      </c>
+      <c r="G254">
+        <v>107</v>
+      </c>
+      <c r="H254" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I254" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J254">
+        <v>6.816</v>
+      </c>
+      <c r="K254" t="str">
+        <v/>
+      </c>
+      <c r="L254">
+        <v>41233</v>
+      </c>
+      <c r="M254" t="str">
+        <v>tt1193631</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" t="str">
+        <v>Step Up: Taniec zmysłów</v>
+      </c>
+      <c r="B255" t="str">
+        <v>Step Up</v>
+      </c>
+      <c r="C255">
+        <v>2006</v>
+      </c>
+      <c r="D255" t="str">
+        <v>Anne Fletcher</v>
+      </c>
+      <c r="E255" t="str">
+        <v>Duane Adler, Duane Adler, Melissa Rosenberg</v>
+      </c>
+      <c r="F255" t="str">
+        <v>Muzyczny, Dramat, Romans, Kryminał</v>
+      </c>
+      <c r="G255">
+        <v>104</v>
+      </c>
+      <c r="H255" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I255" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J255">
+        <v>6.873</v>
+      </c>
+      <c r="K255" t="str">
+        <v/>
+      </c>
+      <c r="L255">
+        <v>9762</v>
+      </c>
+      <c r="M255" t="str">
+        <v>tt0462590</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" t="str">
+        <v>Stowarzyszenie Umarłych Poetów</v>
+      </c>
+      <c r="B256" t="str">
+        <v>Dead Poets Society</v>
+      </c>
+      <c r="C256">
+        <v>1989</v>
+      </c>
+      <c r="D256" t="str">
+        <v>Peter Weir</v>
+      </c>
+      <c r="E256" t="str">
+        <v>Tom Schulman</v>
+      </c>
+      <c r="F256" t="str">
+        <v>Dramat</v>
+      </c>
+      <c r="G256">
+        <v>128</v>
+      </c>
+      <c r="H256" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I256" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J256">
+        <v>8.302</v>
+      </c>
+      <c r="K256" t="str">
+        <v/>
+      </c>
+      <c r="L256">
+        <v>207</v>
+      </c>
+      <c r="M256" t="str">
+        <v>tt0097165</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" t="str">
+        <v>Substancja</v>
+      </c>
+      <c r="B257" t="str">
+        <v>The Substance</v>
+      </c>
+      <c r="C257">
+        <v>2024</v>
+      </c>
+      <c r="D257" t="str">
+        <v>Coralie Fargeat</v>
+      </c>
+      <c r="E257" t="str">
+        <v>Coralie Fargeat</v>
+      </c>
+      <c r="F257" t="str">
+        <v>Horror, Sci-Fi, Thriller</v>
+      </c>
+      <c r="G257">
+        <v>141</v>
+      </c>
+      <c r="H257" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I257" t="str">
+        <v>Blu-ray</v>
+      </c>
+      <c r="J257">
+        <v>7.1</v>
+      </c>
+      <c r="K257" t="str">
+        <v/>
+      </c>
+      <c r="L257">
+        <v>933260</v>
+      </c>
+      <c r="M257" t="str">
+        <v>tt17526714</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" t="str">
+        <v>Summer Camp</v>
+      </c>
+      <c r="B258" t="str">
+        <v/>
+      </c>
+      <c r="C258">
+        <v>2016</v>
+      </c>
+      <c r="D258" t="str">
+        <v>Alberto Marini</v>
+      </c>
+      <c r="E258" t="str">
+        <v>Alberto Marini, Danielle Schleif</v>
+      </c>
+      <c r="F258" t="str">
+        <v>Horror</v>
+      </c>
+      <c r="G258">
+        <v>81</v>
+      </c>
+      <c r="H258" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I258" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J258">
+        <v>5.6</v>
+      </c>
+      <c r="K258" t="str">
+        <v/>
+      </c>
+      <c r="L258">
+        <v>306966</v>
+      </c>
+      <c r="M258" t="str">
+        <v>tt2638662</v>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" t="str">
+        <v>Super 8</v>
+      </c>
+      <c r="B259" t="str">
+        <v/>
+      </c>
+      <c r="C259">
+        <v>2011</v>
+      </c>
+      <c r="D259" t="str">
+        <v>J.J. Abrams</v>
+      </c>
+      <c r="E259" t="str">
+        <v>J.J. Abrams</v>
+      </c>
+      <c r="F259" t="str">
+        <v>Thriller, Sci-Fi, Tajemnica</v>
+      </c>
+      <c r="G259">
+        <v>112</v>
+      </c>
+      <c r="H259" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I259" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J259">
+        <v>6.771</v>
+      </c>
+      <c r="K259" t="str">
+        <v/>
+      </c>
+      <c r="L259">
+        <v>37686</v>
+      </c>
+      <c r="M259" t="str">
+        <v>tt1650062</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" t="str">
+        <v>Sypiając z wrogiem</v>
+      </c>
+      <c r="B260" t="str">
+        <v>Sleeping with the Enemy</v>
+      </c>
+      <c r="C260">
+        <v>1991</v>
+      </c>
+      <c r="D260" t="str">
+        <v>Joseph Ruben</v>
+      </c>
+      <c r="E260" t="str">
+        <v>Ronald Bass</v>
+      </c>
+      <c r="F260" t="str">
+        <v>Dramat, Thriller</v>
+      </c>
+      <c r="G260">
+        <v>99</v>
+      </c>
+      <c r="H260" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I260" t="str">
+        <v>Blu-ray</v>
+      </c>
+      <c r="J260">
+        <v>6.49</v>
+      </c>
+      <c r="K260" t="str">
+        <v/>
+      </c>
+      <c r="L260">
+        <v>7442</v>
+      </c>
+      <c r="M260" t="str">
+        <v>tt0102945</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" t="str">
+        <v>Sześć dni, siedem nocy</v>
+      </c>
+      <c r="B261" t="str">
+        <v>Six Days Seven Nights</v>
+      </c>
+      <c r="C261">
+        <v>1998</v>
+      </c>
+      <c r="D261" t="str">
+        <v>Ivan Reitman</v>
+      </c>
+      <c r="E261" t="str">
+        <v>Michael Browning</v>
+      </c>
+      <c r="F261" t="str">
+        <v>Komedia, Akcja, Przygodowy, Romans</v>
+      </c>
+      <c r="G261">
+        <v>102</v>
+      </c>
+      <c r="H261" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I261" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J261">
+        <v>6.097</v>
+      </c>
+      <c r="K261" t="str">
+        <v/>
+      </c>
+      <c r="L261">
+        <v>6068</v>
+      </c>
+      <c r="M261" t="str">
+        <v>tt0120828</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" t="str">
+        <v>Szkoła uczuć</v>
+      </c>
+      <c r="B262" t="str">
+        <v>A Walk to Remember</v>
+      </c>
+      <c r="C262">
+        <v>2002</v>
+      </c>
+      <c r="D262" t="str">
+        <v>Adam Shankman</v>
+      </c>
+      <c r="E262" t="str">
+        <v>Karen Janszen</v>
+      </c>
+      <c r="F262" t="str">
+        <v>Dramat, Romans</v>
+      </c>
+      <c r="G262">
+        <v>101</v>
+      </c>
+      <c r="H262" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I262" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J262">
+        <v>7.756</v>
+      </c>
+      <c r="K262" t="str">
+        <v/>
+      </c>
+      <c r="L262">
+        <v>10229</v>
+      </c>
+      <c r="M262" t="str">
+        <v>tt0281358</v>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" t="str">
         <v>Śmierć i dziewczyna</v>
       </c>
-      <c r="B50" t="str">
+      <c r="B263" t="str">
         <v>Death and the Maiden</v>
       </c>
-      <c r="C50">
+      <c r="C263">
         <v>1994</v>
       </c>
-      <c r="D50" t="str">
+      <c r="D263" t="str">
         <v>Roman Polański</v>
       </c>
-      <c r="E50" t="str">
+      <c r="E263" t="str">
         <v>Ariel Dorfman, Rafael Yglesias</v>
       </c>
-      <c r="F50" t="str">
+      <c r="F263" t="str">
         <v>Dramat, Thriller</v>
       </c>
-      <c r="G50">
+      <c r="G263">
         <v>103</v>
       </c>
-      <c r="H50" t="str">
-[...5 lines deleted...]
-      <c r="J50">
+      <c r="H263" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I263" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J263">
         <v>7.087</v>
       </c>
-      <c r="K50" t="str">
-[...2 lines deleted...]
-      <c r="L50">
+      <c r="K263" t="str">
+        <v/>
+      </c>
+      <c r="L263">
         <v>10531</v>
       </c>
-      <c r="M50" t="str">
+      <c r="M263" t="str">
         <v>tt0109579</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" t="str">
+        <v>Śmierć nadejdzie dziś</v>
+      </c>
+      <c r="B264" t="str">
+        <v>Happy Death Day</v>
+      </c>
+      <c r="C264">
+        <v>2017</v>
+      </c>
+      <c r="D264" t="str">
+        <v>Christopher Landon</v>
+      </c>
+      <c r="E264" t="str">
+        <v>Scott Lobdell, Christopher Landon</v>
+      </c>
+      <c r="F264" t="str">
+        <v>Komedia, Horror, Tajemnica</v>
+      </c>
+      <c r="G264">
+        <v>96</v>
+      </c>
+      <c r="H264" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I264" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J264">
+        <v>6.662</v>
+      </c>
+      <c r="K264" t="str">
+        <v/>
+      </c>
+      <c r="L264">
+        <v>440021</v>
+      </c>
+      <c r="M264" t="str">
+        <v>tt5308322</v>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" t="str">
+        <v>Śnieżne Psy</v>
+      </c>
+      <c r="B265" t="str">
+        <v>Snow Dogs</v>
+      </c>
+      <c r="C265">
+        <v>2002</v>
+      </c>
+      <c r="D265" t="str">
+        <v>Brian Levant</v>
+      </c>
+      <c r="E265" t="str">
+        <v>Mark Gibson, Michael Goldberg, Tommy Swerdlow</v>
+      </c>
+      <c r="F265" t="str">
+        <v>Komedia, Familijny, Przygodowy</v>
+      </c>
+      <c r="G265">
+        <v>99</v>
+      </c>
+      <c r="H265" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I265" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J265">
+        <v>5.627</v>
+      </c>
+      <c r="K265" t="str">
+        <v/>
+      </c>
+      <c r="L265">
+        <v>11888</v>
+      </c>
+      <c r="M265" t="str">
+        <v>tt0281373</v>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" t="str">
+        <v>Świadek koronny</v>
+      </c>
+      <c r="B266" t="str">
+        <v>The Crown Witness</v>
+      </c>
+      <c r="C266">
+        <v>2007</v>
+      </c>
+      <c r="D266" t="str">
+        <v>Jarosław Sypniewski</v>
+      </c>
+      <c r="E266" t="str">
+        <v>Wojciech Tomczyk</v>
+      </c>
+      <c r="F266" t="str">
+        <v>Dramat, Akcja, Thriller, Kryminał, Romans</v>
+      </c>
+      <c r="G266">
+        <v>98</v>
+      </c>
+      <c r="H266" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I266" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J266">
+        <v>5.12</v>
+      </c>
+      <c r="K266" t="str">
+        <v/>
+      </c>
+      <c r="L266">
+        <v>64212</v>
+      </c>
+      <c r="M266" t="str">
+        <v>tt0982939</v>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" t="str">
+        <v>Tamte dni, tamte noce</v>
+      </c>
+      <c r="B267" t="str">
+        <v>Call Me by Your Name</v>
+      </c>
+      <c r="C267">
+        <v>2017</v>
+      </c>
+      <c r="D267" t="str">
+        <v>Luca Guadagnino</v>
+      </c>
+      <c r="E267" t="str">
+        <v>James Ivory</v>
+      </c>
+      <c r="F267" t="str">
+        <v>Romans, Dramat</v>
+      </c>
+      <c r="G267">
+        <v>132</v>
+      </c>
+      <c r="H267" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I267" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J267">
+        <v>8.1</v>
+      </c>
+      <c r="K267" t="str">
+        <v/>
+      </c>
+      <c r="L267">
+        <v>398818</v>
+      </c>
+      <c r="M267" t="str">
+        <v>tt5726616</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" t="str">
+        <v>Tarzan</v>
+      </c>
+      <c r="B268" t="str">
+        <v/>
+      </c>
+      <c r="C268">
+        <v>1999</v>
+      </c>
+      <c r="D268" t="str">
+        <v>Chris Buck, Kevin Lima</v>
+      </c>
+      <c r="E268" t="str">
+        <v>Tab Murphy, Bob Tzudiker, Noni White</v>
+      </c>
+      <c r="F268" t="str">
+        <v>Familijny, Przygodowy, Animacja, Dramat</v>
+      </c>
+      <c r="G268">
+        <v>88</v>
+      </c>
+      <c r="H268" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I268" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J268">
+        <v>7.398</v>
+      </c>
+      <c r="K268" t="str">
+        <v/>
+      </c>
+      <c r="L268">
+        <v>37135</v>
+      </c>
+      <c r="M268" t="str">
+        <v>tt0120855</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" t="str">
+        <v>Ted</v>
+      </c>
+      <c r="B269" t="str">
+        <v/>
+      </c>
+      <c r="C269">
+        <v>2012</v>
+      </c>
+      <c r="D269" t="str">
+        <v>Seth MacFarlane</v>
+      </c>
+      <c r="E269" t="str">
+        <v>Seth MacFarlane, Alec Sulkin, Seth MacFarlane</v>
+      </c>
+      <c r="F269" t="str">
+        <v>Komedia, Fantasy</v>
+      </c>
+      <c r="G269">
+        <v>107</v>
+      </c>
+      <c r="H269" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I269" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J269">
+        <v>6.448</v>
+      </c>
+      <c r="K269" t="str">
+        <v/>
+      </c>
+      <c r="L269">
+        <v>72105</v>
+      </c>
+      <c r="M269" t="str">
+        <v>tt1637725</v>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" t="str">
+        <v>Ted 2</v>
+      </c>
+      <c r="B270" t="str">
+        <v/>
+      </c>
+      <c r="C270">
+        <v>2015</v>
+      </c>
+      <c r="D270" t="str">
+        <v>Seth MacFarlane</v>
+      </c>
+      <c r="E270" t="str">
+        <v>Seth MacFarlane, Alec Sulkin, Wellesley Wild</v>
+      </c>
+      <c r="F270" t="str">
+        <v>Komedia, Fantasy</v>
+      </c>
+      <c r="G270">
+        <v>119</v>
+      </c>
+      <c r="H270" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I270" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J270">
+        <v>6.316</v>
+      </c>
+      <c r="K270" t="str">
+        <v/>
+      </c>
+      <c r="L270">
+        <v>214756</v>
+      </c>
+      <c r="M270" t="str">
+        <v>tt2637276</v>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" t="str">
+        <v>Teksańska masakra piłą mechaniczną</v>
+      </c>
+      <c r="B271" t="str">
+        <v>The Texas Chainsaw Massacre</v>
+      </c>
+      <c r="C271">
+        <v>2003</v>
+      </c>
+      <c r="D271" t="str">
+        <v>Marcus Nispel</v>
+      </c>
+      <c r="E271" t="str">
+        <v>Scott Kosar</v>
+      </c>
+      <c r="F271" t="str">
+        <v>Horror</v>
+      </c>
+      <c r="G271">
+        <v>98</v>
+      </c>
+      <c r="H271" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I271" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J271">
+        <v>6.305</v>
+      </c>
+      <c r="K271" t="str">
+        <v/>
+      </c>
+      <c r="L271">
+        <v>9373</v>
+      </c>
+      <c r="M271" t="str">
+        <v>tt0324216</v>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" t="str">
+        <v>Terminal</v>
+      </c>
+      <c r="B272" t="str">
+        <v>The Terminal</v>
+      </c>
+      <c r="C272">
+        <v>2004</v>
+      </c>
+      <c r="D272" t="str">
+        <v>Steven Spielberg</v>
+      </c>
+      <c r="E272" t="str">
+        <v>Sacha Gervasi, Jeff Nathanson, Andrew Niccol</v>
+      </c>
+      <c r="F272" t="str">
+        <v>Komedia, Dramat</v>
+      </c>
+      <c r="G272">
+        <v>128</v>
+      </c>
+      <c r="H272" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I272" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J272">
+        <v>7.35</v>
+      </c>
+      <c r="K272" t="str">
+        <v/>
+      </c>
+      <c r="L272">
+        <v>594</v>
+      </c>
+      <c r="M272" t="str">
+        <v>tt0362227</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" t="str">
+        <v>The Blair Witch Project</v>
+      </c>
+      <c r="B273" t="str">
+        <v>The Blair Witch Project</v>
+      </c>
+      <c r="C273">
+        <v>1999</v>
+      </c>
+      <c r="D273" t="str">
+        <v>Daniel Myrick, Eduardo Sánchez</v>
+      </c>
+      <c r="E273" t="str">
+        <v>Eduardo Sánchez, Daniel Myrick</v>
+      </c>
+      <c r="F273" t="str">
+        <v>Horror, Tajemnica</v>
+      </c>
+      <c r="G273">
+        <v>81</v>
+      </c>
+      <c r="H273" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I273" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J273" t="str">
+        <v/>
+      </c>
+      <c r="K273" t="str">
+        <v/>
+      </c>
+      <c r="L273">
+        <v>2667</v>
+      </c>
+      <c r="M273" t="str">
+        <v>tt0185937</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" t="str">
+        <v>The Boy</v>
+      </c>
+      <c r="B274" t="str">
+        <v/>
+      </c>
+      <c r="C274">
+        <v>2016</v>
+      </c>
+      <c r="D274" t="str">
+        <v>William Brent Bell</v>
+      </c>
+      <c r="E274" t="str">
+        <v>Stacey Menear</v>
+      </c>
+      <c r="F274" t="str">
+        <v>Horror, Tajemnica, Thriller</v>
+      </c>
+      <c r="G274">
+        <v>97</v>
+      </c>
+      <c r="H274" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I274" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J274">
+        <v>5.968</v>
+      </c>
+      <c r="K274" t="str">
+        <v/>
+      </c>
+      <c r="L274">
+        <v>321258</v>
+      </c>
+      <c r="M274" t="str">
+        <v>tt3882082</v>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" t="str">
+        <v>The Grudge - Klątwa</v>
+      </c>
+      <c r="B275" t="str">
+        <v>The Grudge</v>
+      </c>
+      <c r="C275">
+        <v>2004</v>
+      </c>
+      <c r="D275" t="str">
+        <v>清水崇</v>
+      </c>
+      <c r="E275" t="str">
+        <v>清水崇, Stephen Susco</v>
+      </c>
+      <c r="F275" t="str">
+        <v>Horror, Tajemnica, Thriller</v>
+      </c>
+      <c r="G275">
+        <v>92</v>
+      </c>
+      <c r="H275" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I275" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J275" t="str">
+        <v/>
+      </c>
+      <c r="K275" t="str">
+        <v/>
+      </c>
+      <c r="L275">
+        <v>1970</v>
+      </c>
+      <c r="M275" t="str">
+        <v>tt0391198</v>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" t="str">
+        <v>Titanic</v>
+      </c>
+      <c r="B276" t="str">
+        <v/>
+      </c>
+      <c r="C276">
+        <v>1997</v>
+      </c>
+      <c r="D276" t="str">
+        <v>James Cameron</v>
+      </c>
+      <c r="E276" t="str">
+        <v>James Cameron</v>
+      </c>
+      <c r="F276" t="str">
+        <v>Dramat, Romans</v>
+      </c>
+      <c r="G276">
+        <v>194</v>
+      </c>
+      <c r="H276" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I276" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J276">
+        <v>7.903</v>
+      </c>
+      <c r="K276" t="str">
+        <v/>
+      </c>
+      <c r="L276">
+        <v>597</v>
+      </c>
+      <c r="M276" t="str">
+        <v>tt0120338</v>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" t="str">
+        <v>Tłumaczka</v>
+      </c>
+      <c r="B277" t="str">
+        <v>The Interpreter</v>
+      </c>
+      <c r="C277">
+        <v>2005</v>
+      </c>
+      <c r="D277" t="str">
+        <v>Sydney Pollack</v>
+      </c>
+      <c r="E277" t="str">
+        <v>Martin Stellman, Brian Ward, Charles Randolph</v>
+      </c>
+      <c r="F277" t="str">
+        <v>Kryminał, Thriller</v>
+      </c>
+      <c r="G277">
+        <v>128</v>
+      </c>
+      <c r="H277" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I277" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J277">
+        <v>6.301</v>
+      </c>
+      <c r="K277" t="str">
+        <v/>
+      </c>
+      <c r="L277">
+        <v>179</v>
+      </c>
+      <c r="M277" t="str">
+        <v>tt0373926</v>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" t="str">
+        <v>To</v>
+      </c>
+      <c r="B278" t="str">
+        <v>It</v>
+      </c>
+      <c r="C278">
+        <v>1990</v>
+      </c>
+      <c r="D278" t="str">
+        <v/>
+      </c>
+      <c r="E278" t="str">
+        <v/>
+      </c>
+      <c r="F278" t="str">
+        <v/>
+      </c>
+      <c r="G278" t="str">
+        <v/>
+      </c>
+      <c r="H278" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I278" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J278" t="str">
+        <v/>
+      </c>
+      <c r="K278" t="str">
+        <v/>
+      </c>
+      <c r="L278" t="str">
+        <v/>
+      </c>
+      <c r="M278" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" t="str">
+        <v>To tylko seks</v>
+      </c>
+      <c r="B279" t="str">
+        <v>Friends with Benefits</v>
+      </c>
+      <c r="C279">
+        <v>2011</v>
+      </c>
+      <c r="D279" t="str">
+        <v>Will Gluck</v>
+      </c>
+      <c r="E279" t="str">
+        <v>Keith Merryman, David A. Newman, Will Gluck</v>
+      </c>
+      <c r="F279" t="str">
+        <v>Romans, Komedia</v>
+      </c>
+      <c r="G279">
+        <v>109</v>
+      </c>
+      <c r="H279" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I279" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J279">
+        <v>6.651</v>
+      </c>
+      <c r="K279" t="str">
+        <v/>
+      </c>
+      <c r="L279">
+        <v>50544</v>
+      </c>
+      <c r="M279" t="str">
+        <v>tt1632708</v>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" t="str">
+        <v>To właśnie miłość</v>
+      </c>
+      <c r="B280" t="str">
+        <v>Love Actually</v>
+      </c>
+      <c r="C280">
+        <v>2003</v>
+      </c>
+      <c r="D280" t="str">
+        <v>Richard Curtis</v>
+      </c>
+      <c r="E280" t="str">
+        <v>Richard Curtis</v>
+      </c>
+      <c r="F280" t="str">
+        <v>Komedia, Romans, Dramat</v>
+      </c>
+      <c r="G280">
+        <v>135</v>
+      </c>
+      <c r="H280" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I280" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J280">
+        <v>7.101</v>
+      </c>
+      <c r="K280" t="str">
+        <v/>
+      </c>
+      <c r="L280">
+        <v>508</v>
+      </c>
+      <c r="M280" t="str">
+        <v>tt0314331</v>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" t="str">
+        <v>Troja</v>
+      </c>
+      <c r="B281" t="str">
+        <v>Troy</v>
+      </c>
+      <c r="C281">
+        <v>2004</v>
+      </c>
+      <c r="D281" t="str">
+        <v>Wolfgang Petersen</v>
+      </c>
+      <c r="E281" t="str">
+        <v>David Benioff</v>
+      </c>
+      <c r="F281" t="str">
+        <v>Wojenny, Akcja, Historyczny</v>
+      </c>
+      <c r="G281">
+        <v>163</v>
+      </c>
+      <c r="H281" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I281" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J281">
+        <v>7.164</v>
+      </c>
+      <c r="K281" t="str">
+        <v/>
+      </c>
+      <c r="L281">
+        <v>652</v>
+      </c>
+      <c r="M281" t="str">
+        <v>tt0332452</v>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" t="str">
+        <v>Truman Show</v>
+      </c>
+      <c r="B282" t="str">
+        <v>The Truman Show</v>
+      </c>
+      <c r="C282">
+        <v>1998</v>
+      </c>
+      <c r="D282" t="str">
+        <v>Peter Weir</v>
+      </c>
+      <c r="E282" t="str">
+        <v>Andrew Niccol</v>
+      </c>
+      <c r="F282" t="str">
+        <v>Komedia, Dramat</v>
+      </c>
+      <c r="G282">
+        <v>103</v>
+      </c>
+      <c r="H282" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I282" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J282">
+        <v>8.15</v>
+      </c>
+      <c r="K282" t="str">
+        <v/>
+      </c>
+      <c r="L282">
+        <v>37165</v>
+      </c>
+      <c r="M282" t="str">
+        <v>tt0120382</v>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" t="str">
+        <v>Trzy Billboardy za Ebbing, Missouri</v>
+      </c>
+      <c r="B283" t="str">
+        <v>Three Billboards Outside Ebbing, Missouri</v>
+      </c>
+      <c r="C283">
+        <v>2017</v>
+      </c>
+      <c r="D283" t="str">
+        <v>Martin McDonagh</v>
+      </c>
+      <c r="E283" t="str">
+        <v>Martin McDonagh</v>
+      </c>
+      <c r="F283" t="str">
+        <v>Kryminał, Dramat</v>
+      </c>
+      <c r="G283">
+        <v>115</v>
+      </c>
+      <c r="H283" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I283" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J283">
+        <v>8.061</v>
+      </c>
+      <c r="K283" t="str">
+        <v/>
+      </c>
+      <c r="L283">
+        <v>359940</v>
+      </c>
+      <c r="M283" t="str">
+        <v>tt5027774</v>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" t="str">
+        <v>Tygrys i przyjaciele</v>
+      </c>
+      <c r="B284" t="str">
+        <v>The Tigger Movie</v>
+      </c>
+      <c r="C284">
+        <v>2000</v>
+      </c>
+      <c r="D284" t="str">
+        <v>Jun Falkenstein</v>
+      </c>
+      <c r="E284" t="str">
+        <v>Eddie Guzelian, Jun Falkenstein</v>
+      </c>
+      <c r="F284" t="str">
+        <v>Animacja, Familijny, Komedia</v>
+      </c>
+      <c r="G284">
+        <v>76</v>
+      </c>
+      <c r="H284" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I284" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J284">
+        <v>6.574</v>
+      </c>
+      <c r="K284" t="str">
+        <v/>
+      </c>
+      <c r="L284">
+        <v>15655</v>
+      </c>
+      <c r="M284" t="str">
+        <v>tt0220099</v>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" t="str">
+        <v>Uprowadzona</v>
+      </c>
+      <c r="B285" t="str">
+        <v>Taken</v>
+      </c>
+      <c r="C285">
+        <v>2008</v>
+      </c>
+      <c r="D285" t="str">
+        <v>Pierre Morel</v>
+      </c>
+      <c r="E285" t="str">
+        <v>Luc Besson, Robert Mark Kamen</v>
+      </c>
+      <c r="F285" t="str">
+        <v>Akcja, Thriller</v>
+      </c>
+      <c r="G285">
+        <v>93</v>
+      </c>
+      <c r="H285" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I285" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J285">
+        <v>7.398</v>
+      </c>
+      <c r="K285" t="str">
+        <v/>
+      </c>
+      <c r="L285">
+        <v>8681</v>
+      </c>
+      <c r="M285" t="str">
+        <v>tt0936501</v>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" t="str">
+        <v>Uśmiechnij się 2</v>
+      </c>
+      <c r="B286" t="str">
+        <v>Smile 2</v>
+      </c>
+      <c r="C286">
+        <v>2024</v>
+      </c>
+      <c r="D286" t="str">
+        <v>Parker Finn</v>
+      </c>
+      <c r="E286" t="str">
+        <v>Parker Finn</v>
+      </c>
+      <c r="F286" t="str">
+        <v>Horror, Tajemnica, Thriller</v>
+      </c>
+      <c r="G286">
+        <v>127</v>
+      </c>
+      <c r="H286" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I286" t="str">
+        <v>Blu-ray</v>
+      </c>
+      <c r="J286">
+        <v>6.592</v>
+      </c>
+      <c r="K286" t="str">
+        <v/>
+      </c>
+      <c r="L286">
+        <v>1100782</v>
+      </c>
+      <c r="M286" t="str">
+        <v>tt29268110</v>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" t="str">
+        <v>Uwierz w Ducha</v>
+      </c>
+      <c r="B287" t="str">
+        <v>Ghost</v>
+      </c>
+      <c r="C287">
+        <v>1990</v>
+      </c>
+      <c r="D287" t="str">
+        <v>Jerry Zucker</v>
+      </c>
+      <c r="E287" t="str">
+        <v>Bruce Joel Rubin</v>
+      </c>
+      <c r="F287" t="str">
+        <v>Fantasy, Dramat, Thriller, Tajemnica, Romans</v>
+      </c>
+      <c r="G287">
+        <v>128</v>
+      </c>
+      <c r="H287" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I287" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J287">
+        <v>7.229</v>
+      </c>
+      <c r="K287" t="str">
+        <v/>
+      </c>
+      <c r="L287">
+        <v>251</v>
+      </c>
+      <c r="M287" t="str">
+        <v>tt0099653</v>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288" t="str">
+        <v>Valerian i Miasto Tysiąca Planet</v>
+      </c>
+      <c r="B288" t="str">
+        <v>Valerian and the City of a Thousand Planets</v>
+      </c>
+      <c r="C288">
+        <v>2017</v>
+      </c>
+      <c r="D288" t="str">
+        <v>Luc Besson</v>
+      </c>
+      <c r="E288" t="str">
+        <v>Luc Besson</v>
+      </c>
+      <c r="F288" t="str">
+        <v>Przygodowy, Sci-Fi, Akcja</v>
+      </c>
+      <c r="G288">
+        <v>137</v>
+      </c>
+      <c r="H288" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I288" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J288">
+        <v>6.632</v>
+      </c>
+      <c r="K288" t="str">
+        <v/>
+      </c>
+      <c r="L288">
+        <v>339964</v>
+      </c>
+      <c r="M288" t="str">
+        <v>tt2239822</v>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" t="str">
+        <v>W chmurach</v>
+      </c>
+      <c r="B289" t="str">
+        <v>Up in the Air</v>
+      </c>
+      <c r="C289">
+        <v>2009</v>
+      </c>
+      <c r="D289" t="str">
+        <v>Jason Reitman</v>
+      </c>
+      <c r="E289" t="str">
+        <v>Jason Reitman, Sheldon Turner</v>
+      </c>
+      <c r="F289" t="str">
+        <v>Dramat, Romans</v>
+      </c>
+      <c r="G289">
+        <v>109</v>
+      </c>
+      <c r="H289" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I289" t="str">
+        <v>Blu-ray</v>
+      </c>
+      <c r="J289">
+        <v>6.883</v>
+      </c>
+      <c r="K289" t="str">
+        <v/>
+      </c>
+      <c r="L289">
+        <v>22947</v>
+      </c>
+      <c r="M289" t="str">
+        <v>tt1193138</v>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290" t="str">
+        <v>W głowie się nie mieści</v>
+      </c>
+      <c r="B290" t="str">
+        <v>Inside Out</v>
+      </c>
+      <c r="C290">
+        <v>2015</v>
+      </c>
+      <c r="D290" t="str">
+        <v>Pete Docter</v>
+      </c>
+      <c r="E290" t="str">
+        <v>Meg LeFauve, Josh Cooley, Pete Docter</v>
+      </c>
+      <c r="F290" t="str">
+        <v>Animacja, Familijny, Przygodowy, Dramat, Komedia</v>
+      </c>
+      <c r="G290">
+        <v>94</v>
+      </c>
+      <c r="H290" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I290" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J290">
+        <v>7.91</v>
+      </c>
+      <c r="K290" t="str">
+        <v/>
+      </c>
+      <c r="L290">
+        <v>150540</v>
+      </c>
+      <c r="M290" t="str">
+        <v>tt2096673</v>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291" t="str">
+        <v>W piekielnym słońcu</v>
+      </c>
+      <c r="B291" t="str">
+        <v>Three</v>
+      </c>
+      <c r="C291">
+        <v>2005</v>
+      </c>
+      <c r="D291" t="str">
+        <v>Stewart Raffill</v>
+      </c>
+      <c r="E291" t="str">
+        <v>Stewart Raffill</v>
+      </c>
+      <c r="F291" t="str">
+        <v>Przygodowy, Dramat, Thriller</v>
+      </c>
+      <c r="G291">
+        <v>95</v>
+      </c>
+      <c r="H291" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I291" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J291">
+        <v>5.561</v>
+      </c>
+      <c r="K291" t="str">
+        <v/>
+      </c>
+      <c r="L291">
+        <v>9753</v>
+      </c>
+      <c r="M291" t="str">
+        <v>tt0377309</v>
+      </c>
+    </row>
+    <row r="292">
+      <c r="A292" t="str">
+        <v>Wakacje Mikołajka</v>
+      </c>
+      <c r="B292" t="str">
+        <v>Nicholas on Holiday</v>
+      </c>
+      <c r="C292">
+        <v>2014</v>
+      </c>
+      <c r="D292" t="str">
+        <v>Laurent Tirard</v>
+      </c>
+      <c r="E292" t="str">
+        <v>Jaco Van Dormael, Grégoire Vigneron, Laurent Tirard</v>
+      </c>
+      <c r="F292" t="str">
+        <v>Familijny, Komedia</v>
+      </c>
+      <c r="G292">
+        <v>97</v>
+      </c>
+      <c r="H292" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I292" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J292">
+        <v>5.348</v>
+      </c>
+      <c r="K292" t="str">
+        <v/>
+      </c>
+      <c r="L292">
+        <v>277368</v>
+      </c>
+      <c r="M292" t="str">
+        <v>tt3019796</v>
+      </c>
+    </row>
+    <row r="293">
+      <c r="A293" t="str">
+        <v>Wbrew regułom</v>
+      </c>
+      <c r="B293" t="str">
+        <v>The Cider House Rules</v>
+      </c>
+      <c r="C293">
+        <v>1999</v>
+      </c>
+      <c r="D293" t="str">
+        <v>Lasse Hallström</v>
+      </c>
+      <c r="E293" t="str">
+        <v>John Irving</v>
+      </c>
+      <c r="F293" t="str">
+        <v>Dramat</v>
+      </c>
+      <c r="G293">
+        <v>126</v>
+      </c>
+      <c r="H293" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I293" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J293">
+        <v>7.068</v>
+      </c>
+      <c r="K293" t="str">
+        <v/>
+      </c>
+      <c r="L293">
+        <v>1715</v>
+      </c>
+      <c r="M293" t="str">
+        <v>tt0124315</v>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294" t="str">
+        <v>Whiplash</v>
+      </c>
+      <c r="B294" t="str">
+        <v/>
+      </c>
+      <c r="C294">
+        <v>2014</v>
+      </c>
+      <c r="D294" t="str">
+        <v>Damien Chazelle</v>
+      </c>
+      <c r="E294" t="str">
+        <v>Damien Chazelle</v>
+      </c>
+      <c r="F294" t="str">
+        <v>Dramat, Muzyczny</v>
+      </c>
+      <c r="G294">
+        <v>105</v>
+      </c>
+      <c r="H294" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I294" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J294">
+        <v>8.4</v>
+      </c>
+      <c r="K294" t="str">
+        <v/>
+      </c>
+      <c r="L294">
+        <v>244786</v>
+      </c>
+      <c r="M294" t="str">
+        <v>tt2582802</v>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295" t="str">
+        <v>Wichry namiętności</v>
+      </c>
+      <c r="B295" t="str">
+        <v>Legends of the Fall</v>
+      </c>
+      <c r="C295">
+        <v>1994</v>
+      </c>
+      <c r="D295" t="str">
+        <v>Edward Zwick</v>
+      </c>
+      <c r="E295" t="str">
+        <v>Susan Shilliday, William D. Wittliff</v>
+      </c>
+      <c r="F295" t="str">
+        <v>Dramat, Western, Romans, Wojenny, Akcja</v>
+      </c>
+      <c r="G295">
+        <v>133</v>
+      </c>
+      <c r="H295" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I295" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J295">
+        <v>7.384</v>
+      </c>
+      <c r="K295" t="str">
+        <v/>
+      </c>
+      <c r="L295">
+        <v>4476</v>
+      </c>
+      <c r="M295" t="str">
+        <v>tt0110322</v>
+      </c>
+    </row>
+    <row r="296">
+      <c r="A296" t="str">
+        <v>Wieczór gier</v>
+      </c>
+      <c r="B296" t="str">
+        <v>Game Night</v>
+      </c>
+      <c r="C296">
+        <v>2018</v>
+      </c>
+      <c r="D296" t="str">
+        <v>John Francis Daley, Jonathan Goldstein</v>
+      </c>
+      <c r="E296" t="str">
+        <v>Mark Perez</v>
+      </c>
+      <c r="F296" t="str">
+        <v>Tajemnica, Komedia, Kryminał</v>
+      </c>
+      <c r="G296">
+        <v>100</v>
+      </c>
+      <c r="H296" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I296" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J296">
+        <v>6.85</v>
+      </c>
+      <c r="K296" t="str">
+        <v/>
+      </c>
+      <c r="L296">
+        <v>445571</v>
+      </c>
+      <c r="M296" t="str">
+        <v>tt2704998</v>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297" t="str">
+        <v>Wilk z Wall Street</v>
+      </c>
+      <c r="B297" t="str">
+        <v>The Wolf of Wall Street</v>
+      </c>
+      <c r="C297">
+        <v>2013</v>
+      </c>
+      <c r="D297" t="str">
+        <v>Martin Scorsese</v>
+      </c>
+      <c r="E297" t="str">
+        <v>Terence Winter</v>
+      </c>
+      <c r="F297" t="str">
+        <v>Kryminał, Dramat, Komedia</v>
+      </c>
+      <c r="G297">
+        <v>179</v>
+      </c>
+      <c r="H297" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I297" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J297">
+        <v>8.026</v>
+      </c>
+      <c r="K297" t="str">
+        <v/>
+      </c>
+      <c r="L297">
+        <v>106646</v>
+      </c>
+      <c r="M297" t="str">
+        <v>tt0993846</v>
+      </c>
+    </row>
+    <row r="298">
+      <c r="A298" t="str">
+        <v>Wiosna 1941</v>
+      </c>
+      <c r="B298" t="str">
+        <v>Spring 1941</v>
+      </c>
+      <c r="C298">
+        <v>2007</v>
+      </c>
+      <c r="D298" t="str">
+        <v>Uri Barbash</v>
+      </c>
+      <c r="E298" t="str">
+        <v>Motti Lerner</v>
+      </c>
+      <c r="F298" t="str">
+        <v>Dramat, Romans, Wojenny</v>
+      </c>
+      <c r="G298">
+        <v>120</v>
+      </c>
+      <c r="H298" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I298" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J298">
+        <v>6.3</v>
+      </c>
+      <c r="K298" t="str">
+        <v/>
+      </c>
+      <c r="L298">
+        <v>53604</v>
+      </c>
+      <c r="M298" t="str">
+        <v>tt1252616</v>
+      </c>
+    </row>
+    <row r="299">
+      <c r="A299" t="str">
+        <v>Wizyta</v>
+      </c>
+      <c r="B299" t="str">
+        <v>The Visit</v>
+      </c>
+      <c r="C299">
+        <v>2015</v>
+      </c>
+      <c r="D299" t="str">
+        <v>M. Night Shyamalan</v>
+      </c>
+      <c r="E299" t="str">
+        <v>M. Night Shyamalan</v>
+      </c>
+      <c r="F299" t="str">
+        <v>Horror, Thriller</v>
+      </c>
+      <c r="G299">
+        <v>94</v>
+      </c>
+      <c r="H299" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I299" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J299">
+        <v>6.324</v>
+      </c>
+      <c r="K299" t="str">
+        <v/>
+      </c>
+      <c r="L299">
+        <v>298312</v>
+      </c>
+      <c r="M299" t="str">
+        <v>tt3567288</v>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300" t="str">
+        <v>World War Z</v>
+      </c>
+      <c r="B300" t="str">
+        <v/>
+      </c>
+      <c r="C300">
+        <v>2013</v>
+      </c>
+      <c r="D300" t="str">
+        <v>Marc Forster</v>
+      </c>
+      <c r="E300" t="str">
+        <v>Matthew Michael Carnahan, Drew Goddard, Damon Lindelof</v>
+      </c>
+      <c r="F300" t="str">
+        <v>Akcja, Horror, Sci-Fi, Thriller</v>
+      </c>
+      <c r="G300">
+        <v>116</v>
+      </c>
+      <c r="H300" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I300" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J300">
+        <v>6.825</v>
+      </c>
+      <c r="K300" t="str">
+        <v/>
+      </c>
+      <c r="L300">
+        <v>72190</v>
+      </c>
+      <c r="M300" t="str">
+        <v>tt0816711</v>
+      </c>
+    </row>
+    <row r="301">
+      <c r="A301" t="str">
+        <v>Wszystko gra</v>
+      </c>
+      <c r="B301" t="str">
+        <v>Match Point</v>
+      </c>
+      <c r="C301">
+        <v>2005</v>
+      </c>
+      <c r="D301" t="str">
+        <v>Woody Allen</v>
+      </c>
+      <c r="E301" t="str">
+        <v>Woody Allen</v>
+      </c>
+      <c r="F301" t="str">
+        <v>Dramat, Romans, Thriller</v>
+      </c>
+      <c r="G301">
+        <v>124</v>
+      </c>
+      <c r="H301" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I301" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J301">
+        <v>7.355</v>
+      </c>
+      <c r="K301" t="str">
+        <v/>
+      </c>
+      <c r="L301">
+        <v>116</v>
+      </c>
+      <c r="M301" t="str">
+        <v>tt0416320</v>
+      </c>
+    </row>
+    <row r="302">
+      <c r="A302" t="str">
+        <v>www.strach</v>
+      </c>
+      <c r="B302" t="str">
+        <v>FearDotCom</v>
+      </c>
+      <c r="C302">
+        <v>2002</v>
+      </c>
+      <c r="D302" t="str">
+        <v>William Malone</v>
+      </c>
+      <c r="E302" t="str">
+        <v>Josephine Coyle, Moshe Diamant</v>
+      </c>
+      <c r="F302" t="str">
+        <v>Horror, Thriller, Kryminał</v>
+      </c>
+      <c r="G302">
+        <v>101</v>
+      </c>
+      <c r="H302" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I302" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J302">
+        <v>3.8</v>
+      </c>
+      <c r="K302" t="str">
+        <v/>
+      </c>
+      <c r="L302">
+        <v>9544</v>
+      </c>
+      <c r="M302" t="str">
+        <v>tt0295254</v>
+      </c>
+    </row>
+    <row r="303">
+      <c r="A303" t="str">
+        <v>Wymyk</v>
+      </c>
+      <c r="B303" t="str">
+        <v>Courage</v>
+      </c>
+      <c r="C303">
+        <v>2011</v>
+      </c>
+      <c r="D303" t="str">
+        <v>Greg Zglinski</v>
+      </c>
+      <c r="E303" t="str">
+        <v>Greg Zglinski, Janusz Margański</v>
+      </c>
+      <c r="F303" t="str">
+        <v>Dramat</v>
+      </c>
+      <c r="G303">
+        <v>83</v>
+      </c>
+      <c r="H303" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I303" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J303">
+        <v>6.3</v>
+      </c>
+      <c r="K303" t="str">
+        <v/>
+      </c>
+      <c r="L303">
+        <v>96005</v>
+      </c>
+      <c r="M303" t="str">
+        <v>tt2062714</v>
+      </c>
+    </row>
+    <row r="304">
+      <c r="A304" t="str">
+        <v>Wyścig</v>
+      </c>
+      <c r="B304" t="str">
+        <v>Rush</v>
+      </c>
+      <c r="C304">
+        <v>2013</v>
+      </c>
+      <c r="D304" t="str">
+        <v>Ron Howard</v>
+      </c>
+      <c r="E304" t="str">
+        <v>Peter Morgan</v>
+      </c>
+      <c r="F304" t="str">
+        <v>Dramat, Akcja</v>
+      </c>
+      <c r="G304">
+        <v>123</v>
+      </c>
+      <c r="H304" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I304" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J304">
+        <v>7.729</v>
+      </c>
+      <c r="K304" t="str">
+        <v/>
+      </c>
+      <c r="L304">
+        <v>96721</v>
+      </c>
+      <c r="M304" t="str">
+        <v>tt1979320</v>
+      </c>
+    </row>
+    <row r="305">
+      <c r="A305" t="str">
+        <v>Wyścig marzeń</v>
+      </c>
+      <c r="B305" t="str">
+        <v>Dreamer: Inspired By a True Story</v>
+      </c>
+      <c r="C305">
+        <v>2005</v>
+      </c>
+      <c r="D305" t="str">
+        <v>John Gatins</v>
+      </c>
+      <c r="E305" t="str">
+        <v>John Gatins</v>
+      </c>
+      <c r="F305" t="str">
+        <v>Dramat, Familijny</v>
+      </c>
+      <c r="G305">
+        <v>106</v>
+      </c>
+      <c r="H305" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I305" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J305">
+        <v>7.027</v>
+      </c>
+      <c r="K305" t="str">
+        <v/>
+      </c>
+      <c r="L305">
+        <v>12920</v>
+      </c>
+      <c r="M305" t="str">
+        <v>tt0418647</v>
+      </c>
+    </row>
+    <row r="306">
+      <c r="A306" t="str">
+        <v>Yesterday</v>
+      </c>
+      <c r="B306" t="str">
+        <v/>
+      </c>
+      <c r="C306">
+        <v>2019</v>
+      </c>
+      <c r="D306" t="str">
+        <v>Danny Boyle</v>
+      </c>
+      <c r="E306" t="str">
+        <v>Richard Curtis, Jack Barth, Richard Curtis</v>
+      </c>
+      <c r="F306" t="str">
+        <v>Komedia, Fantasy, Muzyczny, Romans</v>
+      </c>
+      <c r="G306">
+        <v>116</v>
+      </c>
+      <c r="H306" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I306" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J306">
+        <v>6.689</v>
+      </c>
+      <c r="K306" t="str">
+        <v/>
+      </c>
+      <c r="L306">
+        <v>515195</v>
+      </c>
+      <c r="M306" t="str">
+        <v>tt8079248</v>
+      </c>
+    </row>
+    <row r="307">
+      <c r="A307" t="str">
+        <v>Yuma</v>
+      </c>
+      <c r="B307" t="str">
+        <v/>
+      </c>
+      <c r="C307">
+        <v>2012</v>
+      </c>
+      <c r="D307" t="str">
+        <v>Piotr Mularuk</v>
+      </c>
+      <c r="E307" t="str">
+        <v>Wojciech Gajewicz, Piotr Mularuk</v>
+      </c>
+      <c r="F307" t="str">
+        <v>Kryminał, Dramat, Akcja</v>
+      </c>
+      <c r="G307">
+        <v>113</v>
+      </c>
+      <c r="H307" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I307" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J307">
+        <v>6.417</v>
+      </c>
+      <c r="K307" t="str">
+        <v/>
+      </c>
+      <c r="L307">
+        <v>129517</v>
+      </c>
+      <c r="M307" t="str">
+        <v>tt1743985</v>
+      </c>
+    </row>
+    <row r="308">
+      <c r="A308" t="str">
+        <v>Zagubieni</v>
+      </c>
+      <c r="B308" t="str">
+        <v>Lost</v>
+      </c>
+      <c r="C308">
+        <v>2004</v>
+      </c>
+      <c r="D308" t="str">
+        <v/>
+      </c>
+      <c r="E308" t="str">
+        <v/>
+      </c>
+      <c r="F308" t="str">
+        <v/>
+      </c>
+      <c r="G308" t="str">
+        <v/>
+      </c>
+      <c r="H308" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I308" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J308" t="str">
+        <v/>
+      </c>
+      <c r="K308" t="str">
+        <v/>
+      </c>
+      <c r="L308" t="str">
+        <v/>
+      </c>
+      <c r="M308" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="309">
+      <c r="A309" t="str">
+        <v>Zaklinacz koni</v>
+      </c>
+      <c r="B309" t="str">
+        <v>The Horse Whisperer</v>
+      </c>
+      <c r="C309">
+        <v>1998</v>
+      </c>
+      <c r="D309" t="str">
+        <v>Robert Redford</v>
+      </c>
+      <c r="E309" t="str">
+        <v>Eric Roth, Richard LaGravenese</v>
+      </c>
+      <c r="F309" t="str">
+        <v>Przygodowy, Dramat, Romans</v>
+      </c>
+      <c r="G309">
+        <v>170</v>
+      </c>
+      <c r="H309" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I309" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J309">
+        <v>6.9</v>
+      </c>
+      <c r="K309" t="str">
+        <v/>
+      </c>
+      <c r="L309">
+        <v>547</v>
+      </c>
+      <c r="M309" t="str">
+        <v>tt0119314</v>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310" t="str">
+        <v>Zapach kobiety</v>
+      </c>
+      <c r="B310" t="str">
+        <v>Scent of a Woman</v>
+      </c>
+      <c r="C310">
+        <v>1992</v>
+      </c>
+      <c r="D310" t="str">
+        <v>Martin Brest</v>
+      </c>
+      <c r="E310" t="str">
+        <v>Bo Goldman</v>
+      </c>
+      <c r="F310" t="str">
+        <v>Dramat</v>
+      </c>
+      <c r="G310">
+        <v>157</v>
+      </c>
+      <c r="H310" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I310" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J310">
+        <v>7.777</v>
+      </c>
+      <c r="K310" t="str">
+        <v/>
+      </c>
+      <c r="L310">
+        <v>9475</v>
+      </c>
+      <c r="M310" t="str">
+        <v>tt0105323</v>
+      </c>
+    </row>
+    <row r="311">
+      <c r="A311" t="str">
+        <v>Zaplątani</v>
+      </c>
+      <c r="B311" t="str">
+        <v>Tangled</v>
+      </c>
+      <c r="C311">
+        <v>2010</v>
+      </c>
+      <c r="D311" t="str">
+        <v>Byron Howard, Nathan Greno</v>
+      </c>
+      <c r="E311" t="str">
+        <v>Dan Fogelman</v>
+      </c>
+      <c r="F311" t="str">
+        <v>Animacja, Familijny, Przygodowy</v>
+      </c>
+      <c r="G311">
+        <v>100</v>
+      </c>
+      <c r="H311" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I311" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J311">
+        <v>7.609</v>
+      </c>
+      <c r="K311" t="str">
+        <v/>
+      </c>
+      <c r="L311">
+        <v>38757</v>
+      </c>
+      <c r="M311" t="str">
+        <v>tt0398286</v>
+      </c>
+    </row>
+    <row r="312">
+      <c r="A312" t="str">
+        <v>Zbyt wiele</v>
+      </c>
+      <c r="B312" t="str">
+        <v>Two Much</v>
+      </c>
+      <c r="C312">
+        <v>1995</v>
+      </c>
+      <c r="D312" t="str">
+        <v>Fernando Trueba</v>
+      </c>
+      <c r="E312" t="str">
+        <v>David Trueba, Fernando Trueba</v>
+      </c>
+      <c r="F312" t="str">
+        <v>Komedia, Romans</v>
+      </c>
+      <c r="G312">
+        <v>118</v>
+      </c>
+      <c r="H312" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I312" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J312">
+        <v>5.37</v>
+      </c>
+      <c r="K312" t="str">
+        <v/>
+      </c>
+      <c r="L312">
+        <v>46029</v>
+      </c>
+      <c r="M312" t="str">
+        <v>tt0118001</v>
+      </c>
+    </row>
+    <row r="313">
+      <c r="A313" t="str">
+        <v>Zemsta</v>
+      </c>
+      <c r="B313" t="str">
+        <v>Revenge</v>
+      </c>
+      <c r="C313">
+        <v>2018</v>
+      </c>
+      <c r="D313" t="str">
+        <v>Coralie Fargeat</v>
+      </c>
+      <c r="E313" t="str">
+        <v>Coralie Fargeat</v>
+      </c>
+      <c r="F313" t="str">
+        <v>Akcja, Horror, Thriller</v>
+      </c>
+      <c r="G313">
+        <v>108</v>
+      </c>
+      <c r="H313" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I313" t="str">
+        <v>Blu-ray</v>
+      </c>
+      <c r="J313">
+        <v>6.507</v>
+      </c>
+      <c r="K313" t="str">
+        <v/>
+      </c>
+      <c r="L313">
+        <v>467938</v>
+      </c>
+      <c r="M313" t="str">
+        <v>tt6738136</v>
+      </c>
+    </row>
+    <row r="314">
+      <c r="A314" t="str">
+        <v>Zielona mila</v>
+      </c>
+      <c r="B314" t="str">
+        <v>The Green Mile</v>
+      </c>
+      <c r="C314">
+        <v>1999</v>
+      </c>
+      <c r="D314" t="str">
+        <v>Frank Darabont</v>
+      </c>
+      <c r="E314" t="str">
+        <v>Frank Darabont</v>
+      </c>
+      <c r="F314" t="str">
+        <v>Fantasy, Dramat, Kryminał</v>
+      </c>
+      <c r="G314">
+        <v>188</v>
+      </c>
+      <c r="H314" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I314" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J314">
+        <v>8.503</v>
+      </c>
+      <c r="K314" t="str">
+        <v/>
+      </c>
+      <c r="L314">
+        <v>497</v>
+      </c>
+      <c r="M314" t="str">
+        <v>tt0120689</v>
+      </c>
+    </row>
+    <row r="315">
+      <c r="A315" t="str">
+        <v>Zimowa opowieść</v>
+      </c>
+      <c r="B315" t="str">
+        <v>Winter&amp;#x27;s Tale</v>
+      </c>
+      <c r="C315">
+        <v>2014</v>
+      </c>
+      <c r="D315" t="str">
+        <v>Akiva Goldsman</v>
+      </c>
+      <c r="E315" t="str">
+        <v>Akiva Goldsman</v>
+      </c>
+      <c r="F315" t="str">
+        <v>Dramat, Fantasy, Tajemnica, Romans</v>
+      </c>
+      <c r="G315">
+        <v>118</v>
+      </c>
+      <c r="H315" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I315" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J315">
+        <v>6.269</v>
+      </c>
+      <c r="K315" t="str">
+        <v/>
+      </c>
+      <c r="L315">
+        <v>137321</v>
+      </c>
+      <c r="M315" t="str">
+        <v>tt1837709</v>
+      </c>
+    </row>
+    <row r="316">
+      <c r="A316" t="str">
+        <v>Zła kobieta</v>
+      </c>
+      <c r="B316" t="str">
+        <v>Bad Teacher</v>
+      </c>
+      <c r="C316">
+        <v>2011</v>
+      </c>
+      <c r="D316" t="str">
+        <v>Jake Kasdan</v>
+      </c>
+      <c r="E316" t="str">
+        <v>Gene Stupnitsky, Lee Eisenberg</v>
+      </c>
+      <c r="F316" t="str">
+        <v>Komedia</v>
+      </c>
+      <c r="G316">
+        <v>97</v>
+      </c>
+      <c r="H316" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I316" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J316">
+        <v>5.612</v>
+      </c>
+      <c r="K316" t="str">
+        <v/>
+      </c>
+      <c r="L316">
+        <v>52449</v>
+      </c>
+      <c r="M316" t="str">
+        <v>tt1284575</v>
+      </c>
+    </row>
+    <row r="317">
+      <c r="A317" t="str">
+        <v>Złodziejka książek</v>
+      </c>
+      <c r="B317" t="str">
+        <v>The Book Thief</v>
+      </c>
+      <c r="C317">
+        <v>2013</v>
+      </c>
+      <c r="D317" t="str">
+        <v>Brian Percival</v>
+      </c>
+      <c r="E317" t="str">
+        <v>Michael Petroni</v>
+      </c>
+      <c r="F317" t="str">
+        <v>Dramat</v>
+      </c>
+      <c r="G317">
+        <v>131</v>
+      </c>
+      <c r="H317" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I317" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J317">
+        <v>7.491</v>
+      </c>
+      <c r="K317" t="str">
+        <v/>
+      </c>
+      <c r="L317">
+        <v>203833</v>
+      </c>
+      <c r="M317" t="str">
+        <v>tt0816442</v>
+      </c>
+    </row>
+    <row r="318">
+      <c r="A318" t="str">
+        <v>Zombie Express</v>
+      </c>
+      <c r="B318" t="str">
+        <v>Train to Busan</v>
+      </c>
+      <c r="C318">
+        <v>2016</v>
+      </c>
+      <c r="D318" t="str">
+        <v>연상호</v>
+      </c>
+      <c r="E318" t="str">
+        <v>Park Joo-suk</v>
+      </c>
+      <c r="F318" t="str">
+        <v>Horror, Thriller, Akcja, Przygodowy</v>
+      </c>
+      <c r="G318">
+        <v>118</v>
+      </c>
+      <c r="H318" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I318" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J318">
+        <v>7.747</v>
+      </c>
+      <c r="K318" t="str">
+        <v/>
+      </c>
+      <c r="L318">
+        <v>396535</v>
+      </c>
+      <c r="M318" t="str">
+        <v>tt5700672</v>
+      </c>
+    </row>
+    <row r="319">
+      <c r="A319" t="str">
+        <v>Zostańmy przyjaciółmi</v>
+      </c>
+      <c r="B319" t="str">
+        <v>Just Friends</v>
+      </c>
+      <c r="C319">
+        <v>2005</v>
+      </c>
+      <c r="D319" t="str">
+        <v>Roger Kumble</v>
+      </c>
+      <c r="E319" t="str">
+        <v>Adam &amp;#x27;Tex&amp;#x27; Davis</v>
+      </c>
+      <c r="F319" t="str">
+        <v>Komedia, Romans</v>
+      </c>
+      <c r="G319">
+        <v>96</v>
+      </c>
+      <c r="H319" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I319" t="str">
+        <v>Blu-ray</v>
+      </c>
+      <c r="J319">
+        <v>6.219</v>
+      </c>
+      <c r="K319" t="str">
+        <v/>
+      </c>
+      <c r="L319">
+        <v>10033</v>
+      </c>
+      <c r="M319" t="str">
+        <v>tt0433400</v>
+      </c>
+    </row>
+    <row r="320">
+      <c r="A320" t="str">
+        <v>Zwierzogród</v>
+      </c>
+      <c r="B320" t="str">
+        <v>Zootopia</v>
+      </c>
+      <c r="C320">
+        <v>2016</v>
+      </c>
+      <c r="D320" t="str">
+        <v>Byron Howard, Rich Moore</v>
+      </c>
+      <c r="E320" t="str">
+        <v>Jared Bush, Phil Johnston, Byron Howard</v>
+      </c>
+      <c r="F320" t="str">
+        <v>Animacja, Przygodowy, Familijny, Komedia</v>
+      </c>
+      <c r="G320">
+        <v>108</v>
+      </c>
+      <c r="H320" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I320" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J320">
+        <v>7.757</v>
+      </c>
+      <c r="K320" t="str">
+        <v/>
+      </c>
+      <c r="L320">
+        <v>269149</v>
+      </c>
+      <c r="M320" t="str">
+        <v>tt2948356</v>
+      </c>
+    </row>
+    <row r="321">
+      <c r="A321" t="str">
+        <v>Życie przed oczami</v>
+      </c>
+      <c r="B321" t="str">
+        <v>The Life Before Her Eyes</v>
+      </c>
+      <c r="C321">
+        <v>2007</v>
+      </c>
+      <c r="D321" t="str">
+        <v>Вадим Перельман</v>
+      </c>
+      <c r="E321" t="str">
+        <v>Laura Kasischke, Emil Stern</v>
+      </c>
+      <c r="F321" t="str">
+        <v>Thriller, Dramat, Tajemnica</v>
+      </c>
+      <c r="G321">
+        <v>90</v>
+      </c>
+      <c r="H321" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I321" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J321">
+        <v>6.1</v>
+      </c>
+      <c r="K321" t="str">
+        <v/>
+      </c>
+      <c r="L321">
+        <v>13079</v>
+      </c>
+      <c r="M321" t="str">
+        <v>tt0815178</v>
+      </c>
+    </row>
+    <row r="322">
+      <c r="A322" t="str">
+        <v>Życie za życie</v>
+      </c>
+      <c r="B322" t="str">
+        <v>Maiden Bridge</v>
+      </c>
+      <c r="C322">
+        <v>1976</v>
+      </c>
+      <c r="D322" t="str">
+        <v>Miomir &amp;#x27;Miki&amp;#x27; Stamenković</v>
+      </c>
+      <c r="E322" t="str">
+        <v>Petar Dulović</v>
+      </c>
+      <c r="F322" t="str">
+        <v>Wojenny</v>
+      </c>
+      <c r="G322">
+        <v>95</v>
+      </c>
+      <c r="H322" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I322" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J322">
+        <v>6.3</v>
+      </c>
+      <c r="K322" t="str">
+        <v/>
+      </c>
+      <c r="L322">
+        <v>314211</v>
+      </c>
+      <c r="M322" t="str">
+        <v>tt0074405</v>
+      </c>
+    </row>
+    <row r="323">
+      <c r="A323" t="str">
+        <v>Życie za życie</v>
+      </c>
+      <c r="B323" t="str">
+        <v>The Life of David Gale</v>
+      </c>
+      <c r="C323">
+        <v>2003</v>
+      </c>
+      <c r="D323" t="str">
+        <v>Alan Parker</v>
+      </c>
+      <c r="E323" t="str">
+        <v>Charles Randolph</v>
+      </c>
+      <c r="F323" t="str">
+        <v>Dramat, Thriller, Kryminał</v>
+      </c>
+      <c r="G323">
+        <v>130</v>
+      </c>
+      <c r="H323" t="str">
+        <v>Posiadane</v>
+      </c>
+      <c r="I323" t="str">
+        <v>DVD</v>
+      </c>
+      <c r="J323">
+        <v>7.434</v>
+      </c>
+      <c r="K323" t="str">
+        <v/>
+      </c>
+      <c r="L323">
+        <v>11615</v>
+      </c>
+      <c r="M323" t="str">
+        <v>tt0289992</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:M50"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:M323"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Kolekcja filmów</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 